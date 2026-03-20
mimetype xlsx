--- v0 (2026-01-18)
+++ v1 (2026-03-20)
@@ -1,95 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{99CC4945-C3C1-4241-8ACF-97578CCF70FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9F0C9C61-08C3-4CBF-86EC-52B3E98B4309}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4110" yWindow="4110" windowWidth="21600" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_1Àrea_d_impressió" localSheetId="0">'2026'!$A$1:$C$90</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'2026'!$A$1:$G$93</definedName>
+    <definedName name="_1Àrea_d_impressió" localSheetId="0">'2026'!$A$1:$C$87</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2026'!$A$7:$E$20</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'2026'!$A$1:$G$90</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2026'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G87" i="1" l="1"/>
-[...3 lines deleted...]
-  <c r="E87" i="1" l="1"/>
+  <c r="G84" i="1" l="1"/>
+  <c r="F84" i="1"/>
+  <c r="E19" i="1"/>
+  <c r="D84" i="1"/>
+  <c r="E84" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="78">
   <si>
     <t>A1</t>
   </si>
   <si>
     <t>A2</t>
   </si>
   <si>
     <t>C1</t>
   </si>
   <si>
     <t>C2</t>
   </si>
   <si>
     <t>AP</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>Secretaria general</t>
   </si>
   <si>
     <t>PERSONAL EVENTUAL</t>
   </si>
   <si>
@@ -113,53 +113,50 @@
   <si>
     <t>Dotaciones RLT</t>
   </si>
   <si>
     <t>Puestos ocupados</t>
   </si>
   <si>
     <t>Hombres</t>
   </si>
   <si>
     <t>Mujeres</t>
   </si>
   <si>
     <t>Jefe/a del Gabinete del síndico o síndica mayor</t>
   </si>
   <si>
     <t>FUNCIONARIOS</t>
   </si>
   <si>
     <t xml:space="preserve">Gabinete técnico </t>
   </si>
   <si>
     <t>Director/a del Gabinete Tècnico</t>
   </si>
   <si>
-    <t>Jefe/a de la Unidad de Auditoria de Sistemas de Información</t>
-[...1 lines deleted...]
-  <si>
     <t>Auditor/a de sistemas de información</t>
   </si>
   <si>
     <t>Departamentos sectoriales</t>
   </si>
   <si>
     <t>Tècnico de auditoria</t>
   </si>
   <si>
     <t>Ayudante/a de auditoria</t>
   </si>
   <si>
     <t>Unidad de la Cuenta General de las Corporaciones Locales</t>
   </si>
   <si>
     <t>Responsable de la Unidad de la Cuenta General de las Corporaciones Locales*</t>
   </si>
   <si>
     <t>Responsable de la gestión de datos abiertos de entidades locales</t>
   </si>
   <si>
     <t>Unidad de Apoyo Administrativo a la Cuenta General de las Corporaciones Locales</t>
   </si>
   <si>
     <t>Secretari/o del secretari/o general</t>
@@ -170,86 +167,77 @@
   <si>
     <t>Director/a de Gobierno Interior</t>
   </si>
   <si>
     <t>Jefe/a del Área de Recursos Humanos</t>
   </si>
   <si>
     <t>Técnico/a de apoyo a la prevención de riesgos laborales y en materia de personal</t>
   </si>
   <si>
     <t>Técnico/a de Nóminas y Registro de Personal</t>
   </si>
   <si>
     <t>Responsable de apayo a la formación</t>
   </si>
   <si>
     <t>Administrativo/a</t>
   </si>
   <si>
     <t>Ujier/a mayor</t>
   </si>
   <si>
     <t>Uijer/a</t>
   </si>
   <si>
-    <t>Ayudante/a de ujieres (25 h.sem)</t>
-[...1 lines deleted...]
-  <si>
     <t>Unidad Régimen Interior</t>
   </si>
   <si>
-    <t>Unidad de Gestión Económica</t>
-[...1 lines deleted...]
-  <si>
     <t>Responsable de Registro</t>
   </si>
   <si>
     <t>Jefe/a del Área de Servicios Lingüísticos y Documentales</t>
   </si>
   <si>
     <t>Técnico/a de grado medio del Área de Servicios Lingüísticos y Documetnales</t>
   </si>
   <si>
     <t>Responsable de Ediciones y Publicaciones</t>
   </si>
   <si>
     <t>Unidad de Apoyo Administrativo de Ediciones y Publicaciones</t>
   </si>
   <si>
     <t>Bibliotecario/a</t>
   </si>
   <si>
     <t xml:space="preserve">Responsable del Archivo Central </t>
   </si>
   <si>
     <t>Unidad de Archivo</t>
   </si>
   <si>
-    <t>Jefe/a de Publicaciones*</t>
-[...1 lines deleted...]
-  <si>
     <t>Letrado/a de la Assessoria Jurídica</t>
   </si>
   <si>
     <t>Responsable de apayo administrativo a los expedientes jurídicos</t>
   </si>
   <si>
     <t>Director/a de los Servicios Informáticos</t>
   </si>
   <si>
     <t>Jefe/a del Área de Proyectos Informáticos</t>
   </si>
   <si>
     <t>Técnico/a de gestión y control de recursos informáticos</t>
   </si>
   <si>
     <t>Técnico/a de gestión informática y seguridad</t>
   </si>
   <si>
     <t>Técnico/a especialista informática</t>
   </si>
   <si>
     <t xml:space="preserve">Administrativo/a de la Dirección de Servicios Informáticos (helpdesk) </t>
   </si>
   <si>
     <t>Conductor/a polivalente</t>
@@ -266,134 +254,146 @@
   <si>
     <t>Analistas de políticas públicas</t>
   </si>
   <si>
     <t>*Plaza a extinguir según la RLT</t>
   </si>
   <si>
     <t>Secretario/a de síndico/a y del departamento</t>
   </si>
   <si>
     <t>Secretario/a del síndico/a mayor</t>
   </si>
   <si>
     <t>Jefe/a de la Unidad de la Cuenta General de las Corporaciones Locales</t>
   </si>
   <si>
     <t>Responsable de gestión de documentación juridicoeconómica</t>
   </si>
   <si>
     <t>Responsable de registro y tramitación de expedientes</t>
   </si>
   <si>
     <t>Técnico/a de organización</t>
   </si>
   <si>
-    <t>Jefe/a de la Unidad de Contratación Administrativa y Régimen Interior</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Jefe/a del Área de Gestión Económica, Contratación y Régimen Interior </t>
   </si>
   <si>
     <t xml:space="preserve">Asesoría Jurídica </t>
   </si>
   <si>
     <t xml:space="preserve">Director/a de la Asesoría Jurídica </t>
   </si>
   <si>
     <t>Dirección de Servicios Informáticos</t>
   </si>
   <si>
     <t>Auditor/a-analista de políticas públicas</t>
   </si>
   <si>
-    <t>Plantilla real de la Sindicatura de Cuentas de Cataluña  (actualizada a 03-01-2026)</t>
+    <t>Ayudante/a de ujieres (30 h.sem)</t>
+  </si>
+  <si>
+    <t>Responsable de Contratación Administrativa y Régimen Interior</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Técnico superior en materia económica y presupuestaria </t>
+  </si>
+  <si>
+    <t>Plantilla real de la Sindicatura de Cuentas de Cataluña  (actualizada a 16-03-2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Helvetica LT Light"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Helvetica LT Light"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <name val="Helvetica LT Light"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Helvetica LT Light"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Helvetica LT Light"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
@@ -415,51 +415,51 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="50">
+  <cellXfs count="57">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -562,50 +562,71 @@
     <xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -938,103 +959,103 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H98"/>
+  <dimension ref="A1:H95"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A36" zoomScale="75" zoomScaleNormal="100" zoomScaleSheetLayoutView="75" workbookViewId="0">
-      <selection activeCell="L47" sqref="L47"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A24" zoomScale="75" zoomScaleNormal="100" zoomScaleSheetLayoutView="75" workbookViewId="0">
+      <selection activeCell="J37" sqref="J37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="18.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="82.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="6.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="40" customWidth="1"/>
     <col min="5" max="5" width="13" style="40" customWidth="1"/>
     <col min="6" max="7" width="9.85546875" style="40" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.42578125" style="3"/>
     <col min="9" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="6"/>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="31"/>
       <c r="E1" s="31"/>
       <c r="F1" s="31"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A2" s="6"/>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="31"/>
       <c r="E2" s="31"/>
       <c r="F2" s="31"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="6"/>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="31"/>
       <c r="E3" s="31"/>
       <c r="F3" s="31"/>
     </row>
     <row r="4" spans="1:8" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="31"/>
       <c r="E4" s="31"/>
       <c r="F4" s="31"/>
     </row>
     <row r="5" spans="1:8" s="3" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="46" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B5" s="46"/>
       <c r="C5" s="46"/>
       <c r="D5" s="46"/>
       <c r="E5" s="46"/>
       <c r="F5" s="31"/>
       <c r="G5" s="40"/>
     </row>
     <row r="6" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="7"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="32"/>
       <c r="E6" s="32"/>
       <c r="F6" s="31"/>
       <c r="G6" s="40"/>
     </row>
     <row r="7" spans="1:8" s="3" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="43" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="43" t="s">
@@ -1190,1552 +1211,1485 @@
     </row>
     <row r="16" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A16" s="20" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="15">
         <v>28</v>
       </c>
       <c r="D16" s="37">
         <v>1</v>
       </c>
       <c r="E16" s="37">
         <v>0</v>
       </c>
       <c r="F16" s="37">
         <v>0</v>
       </c>
       <c r="G16" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="20" t="s">
+      <c r="A17" s="11"/>
+      <c r="B17" s="12"/>
+      <c r="C17" s="12"/>
+      <c r="D17" s="35"/>
+      <c r="E17" s="35"/>
+      <c r="F17" s="35"/>
+      <c r="G17" s="35"/>
+    </row>
+    <row r="18" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="B17" s="15" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="15">
+      <c r="B18" s="14"/>
+      <c r="C18" s="14"/>
+      <c r="D18" s="34"/>
+      <c r="E18" s="34"/>
+      <c r="F18" s="34"/>
+      <c r="G18" s="34"/>
+    </row>
+    <row r="19" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="C19" s="14">
+        <v>30</v>
+      </c>
+      <c r="D19" s="34">
+        <v>7</v>
+      </c>
+      <c r="E19" s="34">
+        <f>+F19+G19</f>
+        <v>7</v>
+      </c>
+      <c r="F19" s="34">
+        <v>2</v>
+      </c>
+      <c r="G19" s="34">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="47" t="s">
+        <v>9</v>
+      </c>
+      <c r="B20" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="15">
+        <v>28</v>
+      </c>
+      <c r="D20" s="37">
+        <v>21</v>
+      </c>
+      <c r="E20" s="37">
+        <v>13</v>
+      </c>
+      <c r="F20" s="37">
+        <v>5</v>
+      </c>
+      <c r="G20" s="37">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="49"/>
+      <c r="B21" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="C21" s="14">
+        <v>26</v>
+      </c>
+      <c r="D21" s="34">
+        <v>21</v>
+      </c>
+      <c r="E21" s="34">
+        <v>6</v>
+      </c>
+      <c r="F21" s="34">
+        <v>3</v>
+      </c>
+      <c r="G21" s="34">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A22" s="49"/>
+      <c r="B22" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="C22" s="16">
         <v>24</v>
       </c>
-      <c r="D17" s="37">
-[...22 lines deleted...]
-      <c r="A19" s="22" t="s">
+      <c r="D22" s="34">
+        <v>42</v>
+      </c>
+      <c r="E22" s="42">
+        <v>19</v>
+      </c>
+      <c r="F22" s="42">
+        <v>4</v>
+      </c>
+      <c r="G22" s="42">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A23" s="48"/>
+      <c r="B23" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="C23" s="16">
+        <v>21</v>
+      </c>
+      <c r="D23" s="34">
+        <v>9</v>
+      </c>
+      <c r="E23" s="34">
+        <v>6</v>
+      </c>
+      <c r="F23" s="34">
+        <v>4</v>
+      </c>
+      <c r="G23" s="34">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A24" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="16">
         <v>24</v>
       </c>
-      <c r="B19" s="14"/>
-[...7 lines deleted...]
-      <c r="A20" s="13" t="s">
+      <c r="D24" s="34">
+        <v>8</v>
+      </c>
+      <c r="E24" s="34">
+        <v>0</v>
+      </c>
+      <c r="F24" s="34">
+        <v>0</v>
+      </c>
+      <c r="G24" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A25" s="55" t="s">
+        <v>24</v>
+      </c>
+      <c r="B25" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C25" s="50">
+        <v>20</v>
+      </c>
+      <c r="D25" s="51">
         <v>10</v>
       </c>
-      <c r="B20" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="14">
+      <c r="E25" s="51">
+        <v>7</v>
+      </c>
+      <c r="F25" s="51">
+        <v>3</v>
+      </c>
+      <c r="G25" s="51">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A26" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="B26" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="C26" s="50">
+        <v>24</v>
+      </c>
+      <c r="D26" s="51">
+        <v>5</v>
+      </c>
+      <c r="E26" s="51">
+        <v>4</v>
+      </c>
+      <c r="F26" s="51">
+        <v>0</v>
+      </c>
+      <c r="G26" s="51">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A27" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="B27" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C27" s="15">
+        <v>20</v>
+      </c>
+      <c r="D27" s="37">
+        <v>1</v>
+      </c>
+      <c r="E27" s="37">
+        <v>1</v>
+      </c>
+      <c r="F27" s="37">
+        <v>0</v>
+      </c>
+      <c r="G27" s="37">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A28" s="27" t="s">
+        <v>63</v>
+      </c>
+      <c r="B28" s="28" t="s">
+        <v>2</v>
+      </c>
+      <c r="C28" s="28">
+        <v>20</v>
+      </c>
+      <c r="D28" s="38">
+        <v>6</v>
+      </c>
+      <c r="E28" s="38">
+        <v>6</v>
+      </c>
+      <c r="F28" s="38">
+        <v>0</v>
+      </c>
+      <c r="G28" s="38">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A29" s="25"/>
+      <c r="B29" s="30"/>
+      <c r="C29" s="30"/>
+      <c r="D29" s="38"/>
+      <c r="E29" s="38"/>
+      <c r="F29" s="38"/>
+      <c r="G29" s="38"/>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A30" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="B30" s="16"/>
+      <c r="C30" s="16"/>
+      <c r="D30" s="34"/>
+      <c r="E30" s="34"/>
+      <c r="F30" s="34"/>
+      <c r="G30" s="34"/>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A31" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="C31" s="16">
+        <v>26</v>
+      </c>
+      <c r="D31" s="34">
+        <v>1</v>
+      </c>
+      <c r="E31" s="34">
+        <v>0</v>
+      </c>
+      <c r="F31" s="34">
+        <v>0</v>
+      </c>
+      <c r="G31" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A32" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="B32" s="17" t="s">
+        <v>1</v>
+      </c>
+      <c r="C32" s="17">
+        <v>26</v>
+      </c>
+      <c r="D32" s="37">
+        <v>1</v>
+      </c>
+      <c r="E32" s="37">
+        <v>1</v>
+      </c>
+      <c r="F32" s="37">
+        <v>0</v>
+      </c>
+      <c r="G32" s="37">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A33" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="B33" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="C33" s="16">
+        <v>21</v>
+      </c>
+      <c r="D33" s="34">
+        <v>1</v>
+      </c>
+      <c r="E33" s="34">
+        <v>0</v>
+      </c>
+      <c r="F33" s="34">
+        <v>0</v>
+      </c>
+      <c r="G33" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A34" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="B34" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="C34" s="16">
+        <v>21</v>
+      </c>
+      <c r="D34" s="34">
+        <v>1</v>
+      </c>
+      <c r="E34" s="34">
+        <v>0</v>
+      </c>
+      <c r="F34" s="34">
+        <v>0</v>
+      </c>
+      <c r="G34" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A35" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="B35" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C35" s="15">
+        <v>20</v>
+      </c>
+      <c r="D35" s="37">
+        <v>2</v>
+      </c>
+      <c r="E35" s="37">
+        <v>1</v>
+      </c>
+      <c r="F35" s="37">
+        <v>1</v>
+      </c>
+      <c r="G35" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A36" s="27" t="s">
+        <v>67</v>
+      </c>
+      <c r="B36" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C36" s="12">
+        <v>14</v>
+      </c>
+      <c r="D36" s="35">
+        <v>1</v>
+      </c>
+      <c r="E36" s="35">
+        <v>1</v>
+      </c>
+      <c r="F36" s="35">
+        <v>0</v>
+      </c>
+      <c r="G36" s="35">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A37" s="27"/>
+      <c r="B37" s="28"/>
+      <c r="C37" s="28"/>
+      <c r="D37" s="38"/>
+      <c r="E37" s="38"/>
+      <c r="F37" s="38"/>
+      <c r="G37" s="38"/>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A38" s="29" t="s">
+        <v>6</v>
+      </c>
+      <c r="B38" s="16"/>
+      <c r="C38" s="16"/>
+      <c r="D38" s="34"/>
+      <c r="E38" s="34"/>
+      <c r="F38" s="34"/>
+      <c r="G38" s="34"/>
+    </row>
+    <row r="39" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="11" t="s">
         <v>30</v>
       </c>
-      <c r="D20" s="34">
-[...6 lines deleted...]
-      <c r="F20" s="34">
+      <c r="B39" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="G20" s="34">
-[...31 lines deleted...]
-      <c r="C22" s="14">
+      <c r="C39" s="12">
+        <v>20</v>
+      </c>
+      <c r="D39" s="35">
+        <v>1</v>
+      </c>
+      <c r="E39" s="35">
+        <v>1</v>
+      </c>
+      <c r="F39" s="35">
+        <v>0</v>
+      </c>
+      <c r="G39" s="35">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="27"/>
+      <c r="B40" s="28"/>
+      <c r="C40" s="28"/>
+      <c r="D40" s="38"/>
+      <c r="E40" s="38"/>
+      <c r="F40" s="38"/>
+      <c r="G40" s="38"/>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A41" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="B41" s="16"/>
+      <c r="C41" s="16"/>
+      <c r="D41" s="34"/>
+      <c r="E41" s="34"/>
+      <c r="F41" s="34"/>
+      <c r="G41" s="34"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A42" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="B42" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="C42" s="16">
+        <v>30</v>
+      </c>
+      <c r="D42" s="34">
+        <v>1</v>
+      </c>
+      <c r="E42" s="34">
+        <v>1</v>
+      </c>
+      <c r="F42" s="34">
+        <v>0</v>
+      </c>
+      <c r="G42" s="34">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A43" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B43" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C43" s="17">
+        <v>22</v>
+      </c>
+      <c r="D43" s="37">
+        <v>1</v>
+      </c>
+      <c r="E43" s="37">
+        <v>0</v>
+      </c>
+      <c r="F43" s="37">
+        <v>0</v>
+      </c>
+      <c r="G43" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A44" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="B44" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C44" s="17">
         <v>26</v>
       </c>
-      <c r="D22" s="34">
-[...434 lines deleted...]
-    <row r="45" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="D44" s="37">
+        <v>1</v>
+      </c>
+      <c r="E44" s="37">
+        <v>1</v>
+      </c>
+      <c r="F44" s="37">
+        <v>1</v>
+      </c>
+      <c r="G44" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A45" s="19" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>0</v>
       </c>
       <c r="C45" s="17">
         <v>22</v>
       </c>
       <c r="D45" s="37">
         <v>1</v>
       </c>
       <c r="E45" s="37">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F45" s="37">
         <v>0</v>
       </c>
       <c r="G45" s="37">
-        <v>0</v>
-[...10 lines deleted...]
-        <v>26</v>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="B46" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="C46" s="15">
+        <v>22</v>
       </c>
       <c r="D46" s="37">
         <v>1</v>
       </c>
       <c r="E46" s="37">
         <v>1</v>
       </c>
       <c r="F46" s="37">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G46" s="37">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:7" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A47" s="19" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B47" s="17" t="s">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C47" s="17">
-        <v>22</v>
-[...14 lines deleted...]
-    <row r="48" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+        <v>18</v>
+      </c>
+      <c r="D47" s="45">
+        <v>1</v>
+      </c>
+      <c r="E47" s="45">
+        <v>0</v>
+      </c>
+      <c r="F47" s="45">
+        <v>0</v>
+      </c>
+      <c r="G47" s="45">
+        <v>0</v>
+      </c>
+      <c r="H47" s="1"/>
+    </row>
+    <row r="48" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A48" s="20" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B48" s="15" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C48" s="15">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D48" s="37">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E48" s="37">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F48" s="37">
         <v>0</v>
       </c>
       <c r="G48" s="37">
-        <v>1</v>
-[...3 lines deleted...]
-      <c r="A49" s="19" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="52" t="s">
         <v>37</v>
       </c>
-      <c r="B49" s="17" t="s">
+      <c r="B49" s="53" t="s">
         <v>2</v>
       </c>
-      <c r="C49" s="17">
-[...11 lines deleted...]
-      <c r="G49" s="45">
+      <c r="C49" s="53">
+        <v>14</v>
+      </c>
+      <c r="D49" s="54">
+        <v>4</v>
+      </c>
+      <c r="E49" s="54">
+        <v>0</v>
+      </c>
+      <c r="F49" s="54">
+        <v>0</v>
+      </c>
+      <c r="G49" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A50" s="20" t="s">
         <v>38</v>
       </c>
       <c r="B50" s="15" t="s">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C50" s="15">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D50" s="37">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E50" s="37">
         <v>0</v>
       </c>
       <c r="F50" s="37">
         <v>0</v>
       </c>
       <c r="G50" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A51" s="20" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B51" s="15" t="s">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C51" s="15">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D51" s="37">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E51" s="37">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F51" s="37">
         <v>0</v>
       </c>
       <c r="G51" s="37">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A52" s="20" t="s">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="B52" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="15">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D52" s="37">
         <v>1</v>
       </c>
       <c r="E52" s="37">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F52" s="37">
         <v>0</v>
       </c>
       <c r="G52" s="37">
-        <v>0</v>
-[...10 lines deleted...]
-        <v>12</v>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A53" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="B53" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C53" s="17">
+        <v>26</v>
       </c>
       <c r="D53" s="37">
         <v>1</v>
       </c>
       <c r="E53" s="37">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F53" s="37">
         <v>0</v>
       </c>
       <c r="G53" s="37">
-        <v>0</v>
-[...10 lines deleted...]
-        <v>12</v>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A54" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="B54" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C54" s="17">
+        <v>22</v>
       </c>
       <c r="D54" s="37">
         <v>1</v>
       </c>
       <c r="E54" s="37">
         <v>1</v>
       </c>
       <c r="F54" s="37">
         <v>0</v>
       </c>
       <c r="G54" s="37">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A55" s="19" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>0</v>
       </c>
       <c r="C55" s="17">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D55" s="37">
         <v>1</v>
       </c>
       <c r="E55" s="37">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F55" s="37">
         <v>0</v>
       </c>
       <c r="G55" s="37">
-        <v>1</v>
-[...10 lines deleted...]
-        <v>22</v>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="B56" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C56" s="15">
+        <v>20</v>
       </c>
       <c r="D56" s="37">
         <v>1</v>
       </c>
       <c r="E56" s="37">
         <v>1</v>
       </c>
       <c r="F56" s="37">
         <v>0</v>
       </c>
       <c r="G56" s="37">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A57" s="20" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B57" s="15" t="s">
         <v>2</v>
       </c>
       <c r="C57" s="15">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D57" s="37">
         <v>1</v>
       </c>
       <c r="E57" s="37">
         <v>1</v>
       </c>
       <c r="F57" s="37">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G57" s="37">
-        <v>1</v>
-[...3 lines deleted...]
-      <c r="A58" s="20" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A58" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="B58" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C58" s="17">
+        <v>26</v>
+      </c>
+      <c r="D58" s="37">
+        <v>1</v>
+      </c>
+      <c r="E58" s="37">
+        <v>1</v>
+      </c>
+      <c r="F58" s="37">
+        <v>0</v>
+      </c>
+      <c r="G58" s="37">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A59" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B59" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C59" s="17">
+        <v>21</v>
+      </c>
+      <c r="D59" s="37">
+        <v>2</v>
+      </c>
+      <c r="E59" s="37">
+        <v>2</v>
+      </c>
+      <c r="F59" s="37">
+        <v>0</v>
+      </c>
+      <c r="G59" s="37">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="20" t="s">
         <v>43</v>
       </c>
-      <c r="B58" s="15" t="s">
-[...49 lines deleted...]
-        <v>26</v>
+      <c r="B60" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="C60" s="15">
+        <v>18</v>
       </c>
       <c r="D60" s="37">
         <v>1</v>
       </c>
       <c r="E60" s="37">
         <v>1</v>
       </c>
       <c r="F60" s="37">
         <v>0</v>
       </c>
       <c r="G60" s="37">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A61" s="19" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="B61" s="17" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C61" s="17">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D61" s="37">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E61" s="37">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F61" s="37">
         <v>0</v>
       </c>
       <c r="G61" s="37">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A62" s="20" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B62" s="15" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C62" s="15">
         <v>18</v>
       </c>
       <c r="D62" s="37">
         <v>1</v>
       </c>
       <c r="E62" s="37">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F62" s="37">
         <v>0</v>
       </c>
       <c r="G62" s="37">
-        <v>1</v>
-[...3 lines deleted...]
-      <c r="A63" s="19" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="B63" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="C63" s="15">
+        <v>18</v>
+      </c>
+      <c r="D63" s="37">
+        <v>1</v>
+      </c>
+      <c r="E63" s="37">
+        <v>1</v>
+      </c>
+      <c r="F63" s="37">
+        <v>0</v>
+      </c>
+      <c r="G63" s="37">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A64" s="19" t="s">
         <v>47</v>
       </c>
-      <c r="B63" s="17" t="s">
-[...26 lines deleted...]
-        <v>18</v>
+      <c r="B64" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C64" s="17">
+        <v>21</v>
       </c>
       <c r="D64" s="37">
         <v>1</v>
       </c>
       <c r="E64" s="37">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F64" s="37">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G64" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A65" s="20" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B65" s="15" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C65" s="15">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D65" s="37">
         <v>1</v>
       </c>
       <c r="E65" s="37">
         <v>1</v>
       </c>
       <c r="F65" s="37">
         <v>0</v>
       </c>
       <c r="G65" s="37">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A66" s="19" t="s">
-[...42 lines deleted...]
-      </c>
+      <c r="A66" s="27"/>
+      <c r="B66" s="28"/>
+      <c r="C66" s="28"/>
+      <c r="D66" s="38"/>
+      <c r="E66" s="38"/>
+      <c r="F66" s="38"/>
+      <c r="G66" s="38"/>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A67" s="29" t="s">
+        <v>70</v>
+      </c>
+      <c r="B67" s="16"/>
+      <c r="C67" s="16"/>
+      <c r="D67" s="34"/>
+      <c r="E67" s="34"/>
+      <c r="F67" s="34"/>
+      <c r="G67" s="34"/>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A68" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="B68" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C68" s="17">
+        <v>30</v>
+      </c>
+      <c r="D68" s="37">
+        <v>1</v>
+      </c>
+      <c r="E68" s="37">
+        <v>1</v>
+      </c>
+      <c r="F68" s="37">
+        <v>0</v>
+      </c>
+      <c r="G68" s="37">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A69" s="47" t="s">
+        <v>49</v>
+      </c>
+      <c r="B69" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C69" s="17">
+        <v>28</v>
+      </c>
+      <c r="D69" s="37">
+        <v>5</v>
+      </c>
+      <c r="E69" s="37">
+        <v>2</v>
+      </c>
+      <c r="F69" s="37">
+        <v>1</v>
+      </c>
+      <c r="G69" s="37">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A70" s="48"/>
+      <c r="B70" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="C70" s="16">
+        <v>26</v>
+      </c>
+      <c r="D70" s="34">
+        <v>1</v>
+      </c>
+      <c r="E70" s="34">
+        <v>1</v>
+      </c>
+      <c r="F70" s="34">
+        <v>1</v>
+      </c>
+      <c r="G70" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="20" t="s">
+        <v>50</v>
+      </c>
+      <c r="B71" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C71" s="15">
+        <v>20</v>
+      </c>
+      <c r="D71" s="37">
+        <v>1</v>
+      </c>
+      <c r="E71" s="37">
+        <v>0</v>
+      </c>
+      <c r="F71" s="37">
+        <v>0</v>
+      </c>
+      <c r="G71" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="27"/>
+      <c r="B72" s="28"/>
+      <c r="C72" s="28"/>
+      <c r="D72" s="38"/>
+      <c r="E72" s="38"/>
+      <c r="F72" s="38"/>
+      <c r="G72" s="38"/>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A73" s="29" t="s">
+        <v>72</v>
+      </c>
+      <c r="B73" s="16"/>
+      <c r="C73" s="16"/>
+      <c r="D73" s="34"/>
+      <c r="E73" s="34"/>
+      <c r="F73" s="34"/>
+      <c r="G73" s="34"/>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A74" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="B74" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C74" s="17">
+        <v>30</v>
+      </c>
+      <c r="D74" s="37">
+        <v>1</v>
+      </c>
+      <c r="E74" s="37">
+        <v>1</v>
+      </c>
+      <c r="F74" s="37">
+        <v>0</v>
+      </c>
+      <c r="G74" s="37">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A75" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="B68" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C68" s="17">
+      <c r="B75" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C75" s="17">
         <v>26</v>
       </c>
-      <c r="D68" s="37">
-[...56 lines deleted...]
-      <c r="A72" s="47" t="s">
+      <c r="D75" s="37">
+        <v>1</v>
+      </c>
+      <c r="E75" s="37">
+        <v>1</v>
+      </c>
+      <c r="F75" s="37">
+        <v>1</v>
+      </c>
+      <c r="G75" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="20" t="s">
         <v>53</v>
       </c>
-      <c r="B72" s="17" t="s">
-[...8 lines deleted...]
-      <c r="E72" s="37">
+      <c r="B76" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="C76" s="15">
+        <v>24</v>
+      </c>
+      <c r="D76" s="37">
         <v>2</v>
       </c>
-      <c r="F72" s="37">
-[...11 lines deleted...]
-      <c r="C73" s="16">
+      <c r="E76" s="37">
+        <v>2</v>
+      </c>
+      <c r="F76" s="37">
+        <v>2</v>
+      </c>
+      <c r="G76" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="B77" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="C77" s="15">
+        <v>24</v>
+      </c>
+      <c r="D77" s="37">
+        <v>1</v>
+      </c>
+      <c r="E77" s="37">
+        <v>0</v>
+      </c>
+      <c r="F77" s="37">
+        <v>0</v>
+      </c>
+      <c r="G77" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="B78" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="C78" s="15">
         <v>26</v>
       </c>
-      <c r="D73" s="34">
-[...87 lines deleted...]
-      </c>
       <c r="D78" s="37">
         <v>1</v>
       </c>
       <c r="E78" s="37">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F78" s="37">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G78" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A79" s="20" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B79" s="15" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C79" s="15">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D79" s="37">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E79" s="37">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F79" s="37">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G79" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="20" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="A80" s="20"/>
+      <c r="B80" s="15"/>
+      <c r="C80" s="15"/>
+      <c r="D80" s="37"/>
+      <c r="E80" s="37"/>
+      <c r="F80" s="37"/>
+      <c r="G80" s="37"/>
     </row>
     <row r="81" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A81" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="B81" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="C81" s="15">
+        <v>15</v>
+      </c>
+      <c r="D81" s="37">
+        <v>1</v>
+      </c>
+      <c r="E81" s="37">
+        <v>1</v>
+      </c>
+      <c r="F81" s="37">
+        <v>1</v>
+      </c>
+      <c r="G81" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="20"/>
+      <c r="B82" s="15"/>
+      <c r="C82" s="15"/>
+      <c r="D82" s="37"/>
+      <c r="E82" s="37"/>
+      <c r="F82" s="37"/>
+      <c r="G82" s="37"/>
+    </row>
+    <row r="83" spans="1:7" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="12"/>
+      <c r="B83" s="12"/>
+      <c r="C83" s="12"/>
+      <c r="D83" s="35"/>
+      <c r="E83" s="35"/>
+      <c r="F83" s="35"/>
+      <c r="G83" s="35"/>
+    </row>
+    <row r="84" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B84" s="12"/>
+      <c r="C84" s="12"/>
+      <c r="D84" s="39">
+        <f>SUM(D9:D83)</f>
+        <v>190</v>
+      </c>
+      <c r="E84" s="39">
+        <f>SUM(E9:E83)</f>
+        <v>103</v>
+      </c>
+      <c r="F84" s="39">
+        <f>SUM(F8:F82)</f>
+        <v>33</v>
+      </c>
+      <c r="G84" s="39">
+        <f>SUM(G8:G82)</f>
+        <v>70</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="4"/>
+      <c r="D85" s="40"/>
+      <c r="E85" s="40"/>
+      <c r="F85" s="40"/>
+      <c r="G85" s="40"/>
+    </row>
+    <row r="86" spans="1:7" s="3" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="B81" s="15" t="s">
-[...19 lines deleted...]
-      <c r="A82" s="20" t="s">
+      <c r="B86" s="43" t="s">
+        <v>12</v>
+      </c>
+      <c r="C86" s="43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" s="44" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="44" t="s">
         <v>60</v>
       </c>
-      <c r="B82" s="15" t="s">
-[...28 lines deleted...]
-      <c r="A84" s="20" t="s">
+      <c r="F86" s="43" t="s">
+        <v>5</v>
+      </c>
+      <c r="G86" s="43" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="B84" s="15" t="s">
+      <c r="B87" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C87" s="20">
+        <v>24</v>
+      </c>
+      <c r="D87" s="41">
+        <v>4</v>
+      </c>
+      <c r="E87" s="41">
+        <v>4</v>
+      </c>
+      <c r="F87" s="41">
         <v>3</v>
       </c>
-      <c r="C84" s="15">
-[...34 lines deleted...]
-      <c r="A87" s="21" t="s">
+      <c r="G87" s="41">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A89" s="26" t="s">
         <v>62</v>
       </c>
-      <c r="B87" s="12"/>
-[...69 lines deleted...]
-      </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A92" s="26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A92" s="5"/>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A95" s="5"/>
     </row>
-    <row r="98" spans="1:1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="4">
+  <mergeCells count="3">
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A72:A73"/>
-[...1 lines deleted...]
-    <mergeCell ref="A27:A28"/>
+    <mergeCell ref="A69:A70"/>
+    <mergeCell ref="A20:A23"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="40" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="87" max="16" man="1"/>
+    <brk id="84" max="16" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervals amb nom</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>