--- v0 (2026-01-18)
+++ v1 (2026-03-20)
@@ -1,86 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B7594138-4BDA-42D2-A9A9-4CB55F915B7A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{62416E87-7C02-41CB-A533-9E9CCEC27507}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="864" xr2:uid="{C84D946D-E444-4898-9A30-18D3E3936546}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="864" activeTab="4" xr2:uid="{C84D946D-E444-4898-9A30-18D3E3936546}"/>
   </bookViews>
   <sheets>
-    <sheet name="Retribuciones dinerarias 2025" sheetId="4" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Indemnizaciones representación " sheetId="3" r:id="rId4"/>
+    <sheet name="Retribuciones dinerarias 2026" sheetId="5" r:id="rId1"/>
+    <sheet name="Retribuciones dinerarias 2025" sheetId="4" r:id="rId2"/>
+    <sheet name="Retribuciones dinerarias 2024" sheetId="1" r:id="rId3"/>
+    <sheet name="Retribuciones en especie" sheetId="2" r:id="rId4"/>
+    <sheet name="Indemnizaciones representación " sheetId="3" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="29">
   <si>
     <t>I</t>
   </si>
   <si>
     <t>RETRIBUCIONES AÑO 2024</t>
   </si>
   <si>
     <t>Retribuciones dinerarias mensuales y anuales de los altos cargos de la Sindicatura de Cuentas de Cataluña para el año 2024</t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
     <t>Básicas</t>
   </si>
   <si>
     <t>Complementarias</t>
   </si>
   <si>
     <t>Retribuciones mensuales</t>
   </si>
   <si>
     <t xml:space="preserve">Retribuciones anuales </t>
   </si>
   <si>
@@ -111,50 +113,62 @@
     <t xml:space="preserve">Indemnizaciones por los gastos de representación institucional </t>
   </si>
   <si>
     <t>En cuanto a las indemnizaciones por los gastos de representación institucional, los miembros del Pleno de la Sindicatura de Cuentas se rigen por lo establecido en el Acuerdo de Gobierno del 20 de enero de 2009 sobre gestión y control de los gastos de representación.</t>
   </si>
   <si>
     <t>Los síndicos y el/la secretario/aria general de la Sindicatura pueden percibir en concepto de retribuciones en especie los importes correspondientes a:</t>
   </si>
   <si>
     <t>- El/la síndico/a mayor tiene un complemento de representatividad de 987,64 € mensuales.</t>
   </si>
   <si>
     <t>- Los síndicos que forman parte de la Comisión de Gobierno tienen un complemento de 418,56 € mensuales.</t>
   </si>
   <si>
     <t>RETRIBUCIONES AÑO 2025</t>
   </si>
   <si>
     <t>Retribuciones dinerarias mensuales y anuales de los altos cargos de la Sindicatura de Cuentas de Cataluña para el año 2025</t>
   </si>
   <si>
     <t>- El/la síndico/a mayor tiene un complemento de representatividad de 1.012,33 € mensuales.</t>
   </si>
   <si>
     <t>- Los síndicos que forman parte de la Comisión de Gobierno tienen un complemento de 429,02 € mensuales.</t>
+  </si>
+  <si>
+    <t>RETRIBUCIONES AÑO 2026</t>
+  </si>
+  <si>
+    <t>Retribuciones dinerarias mensuales y anuales de los altos cargos de la Sindicatura de Cuentas de Cataluña para el año 2026</t>
+  </si>
+  <si>
+    <t>- El/la síndico/a mayor tiene un complemento de representatividad de 1.027,51 € mensuales.</t>
+  </si>
+  <si>
+    <t>- Los síndicos que forman parte de la Comisión de Gobierno tienen un complemento de 435,46 € mensuales.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00;#,##0.00\-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Helvetica LT Light"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -347,118 +361,122 @@
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing3.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing4.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/vmlDrawing5.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de l'Office">
   <a:themeElements>
     <a:clrScheme name="Oficina">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -749,238 +767,392 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2CD739D2-1925-4713-93AA-05F4CA5AAEF7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{65DEDF27-EE74-4CE5-96F0-5F649EC4770E}">
   <sheetPr>
     <tabColor theme="9" tint="0.79998168889431442"/>
   </sheetPr>
   <dimension ref="A1:F12"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G8" sqref="G8"/>
+    <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="11" style="1" customWidth="1"/>
     <col min="3" max="3" width="19.140625" style="3" customWidth="1"/>
     <col min="4" max="4" width="21.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="19.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:6" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A2" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="23"/>
+      <c r="C2" s="23"/>
+      <c r="D2" s="23"/>
+      <c r="E2" s="24"/>
     </row>
     <row r="3" spans="1:6" s="4" customFormat="1" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="22" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="24"/>
+      <c r="A3" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" s="26"/>
+      <c r="C3" s="26"/>
+      <c r="D3" s="26"/>
+      <c r="E3" s="27"/>
     </row>
     <row r="4" spans="1:6" s="2" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="11">
-        <v>3240.36</v>
+        <v>3288.97</v>
       </c>
       <c r="C5" s="11">
-        <v>6232.38</v>
+        <v>6325.87</v>
       </c>
       <c r="D5" s="12">
-        <v>9472.74</v>
+        <v>9614.84</v>
       </c>
       <c r="E5" s="13">
-        <v>132618.35999999999</v>
-[...1 lines deleted...]
-      <c r="F5" s="30"/>
+        <v>134607.76</v>
+      </c>
+      <c r="F5" s="19"/>
     </row>
     <row r="6" spans="1:6" s="6" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="18" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="14">
-        <v>3157.38</v>
+        <v>3204.74</v>
       </c>
       <c r="C6" s="14">
-        <v>4178.0200000000004</v>
+        <v>4240.6899999999996</v>
       </c>
       <c r="D6" s="15">
-        <v>7335.4</v>
+        <v>7445.43</v>
       </c>
       <c r="E6" s="16">
-        <v>102695.6</v>
+        <v>104236.02</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A9" s="25" t="s">
+      <c r="A9" s="28" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="26"/>
-[...2 lines deleted...]
-      <c r="E9" s="26"/>
+      <c r="B9" s="29"/>
+      <c r="C9" s="29"/>
+      <c r="D9" s="29"/>
+      <c r="E9" s="29"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A10" s="25" t="s">
-[...5 lines deleted...]
-      <c r="E10" s="26"/>
+      <c r="A10" s="28" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="29"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="29"/>
+      <c r="E10" s="29"/>
     </row>
     <row r="11" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="27" t="s">
-[...5 lines deleted...]
-      <c r="E11" s="28"/>
+      <c r="A11" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="21"/>
+      <c r="C11" s="21"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="21"/>
     </row>
     <row r="12" spans="1:6" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="27" t="s">
+      <c r="A12" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="B12" s="28"/>
-[...2 lines deleted...]
-      <c r="E12" s="28"/>
+      <c r="B12" s="21"/>
+      <c r="C12" s="21"/>
+      <c r="D12" s="21"/>
+      <c r="E12" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A9:E9"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:E11"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Fecha de actualización: 23 de diciembre de 2025</oddHeader>
+    <oddHeader xml:space="preserve">&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Fecha de actualización: 15 de enero de 2026 </oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2CD739D2-1925-4713-93AA-05F4CA5AAEF7}">
+  <dimension ref="A1:F12"/>
+  <sheetViews>
+    <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D15" sqref="D15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="15.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11" style="1" customWidth="1"/>
+    <col min="3" max="3" width="19.140625" style="3" customWidth="1"/>
+    <col min="4" max="4" width="21.85546875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="19.140625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="14.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="1:6" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B2" s="23"/>
+      <c r="C2" s="23"/>
+      <c r="D2" s="23"/>
+      <c r="E2" s="24"/>
+    </row>
+    <row r="3" spans="1:6" s="4" customFormat="1" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" s="26"/>
+      <c r="C3" s="26"/>
+      <c r="D3" s="26"/>
+      <c r="E3" s="27"/>
+    </row>
+    <row r="4" spans="1:6" s="2" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="D4" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="11">
+        <v>3240.36</v>
+      </c>
+      <c r="C5" s="11">
+        <v>6232.38</v>
+      </c>
+      <c r="D5" s="12">
+        <v>9472.74</v>
+      </c>
+      <c r="E5" s="13">
+        <v>132618.35999999999</v>
+      </c>
+      <c r="F5" s="19"/>
+    </row>
+    <row r="6" spans="1:6" s="6" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="14">
+        <v>3157.38</v>
+      </c>
+      <c r="C6" s="14">
+        <v>4178.0200000000004</v>
+      </c>
+      <c r="D6" s="15">
+        <v>7335.4</v>
+      </c>
+      <c r="E6" s="16">
+        <v>102695.6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="29"/>
+      <c r="C9" s="29"/>
+      <c r="D9" s="29"/>
+      <c r="E9" s="29"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="29"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="29"/>
+      <c r="E10" s="29"/>
+    </row>
+    <row r="11" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" s="21"/>
+      <c r="C11" s="21"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="21"/>
+    </row>
+    <row r="12" spans="1:6" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" s="21"/>
+      <c r="C12" s="21"/>
+      <c r="D12" s="21"/>
+      <c r="E12" s="21"/>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A12:E12"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="A10:E10"/>
+    <mergeCell ref="A11:E11"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader xml:space="preserve">&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Fecha de actualización: 23 de diciembre de 2025
+</oddHeader>
+  </headerFooter>
+  <legacyDrawingHF r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E320BE30-BE67-4ED7-B9AB-67C92E90835C}">
   <dimension ref="A1:E12"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="11" style="1" customWidth="1"/>
     <col min="3" max="3" width="19.140625" style="3" customWidth="1"/>
     <col min="4" max="4" width="21.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="19.140625" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:5" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="20"/>
-[...2 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="B2" s="23"/>
+      <c r="C2" s="23"/>
+      <c r="D2" s="23"/>
+      <c r="E2" s="24"/>
     </row>
     <row r="3" spans="1:5" s="4" customFormat="1" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="22" t="s">
+      <c r="A3" s="25" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="23"/>
-[...2 lines deleted...]
-      <c r="E3" s="24"/>
+      <c r="B3" s="26"/>
+      <c r="C3" s="26"/>
+      <c r="D3" s="26"/>
+      <c r="E3" s="27"/>
     </row>
     <row r="4" spans="1:5" s="2" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="11">
         <v>3161.33</v>
       </c>
@@ -995,261 +1167,263 @@
       </c>
     </row>
     <row r="6" spans="1:5" s="6" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="18" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="14">
         <v>3080.37</v>
       </c>
       <c r="C6" s="14">
         <v>4076.12</v>
       </c>
       <c r="D6" s="15">
         <v>7156.49</v>
       </c>
       <c r="E6" s="16">
         <v>100190.86</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A9" s="25" t="s">
+      <c r="A9" s="28" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="26"/>
-[...2 lines deleted...]
-      <c r="E9" s="26"/>
+      <c r="B9" s="29"/>
+      <c r="C9" s="29"/>
+      <c r="D9" s="29"/>
+      <c r="E9" s="29"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A10" s="25" t="s">
+      <c r="A10" s="28" t="s">
         <v>19</v>
       </c>
-      <c r="B10" s="26"/>
-[...2 lines deleted...]
-      <c r="E10" s="26"/>
+      <c r="B10" s="29"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="29"/>
+      <c r="E10" s="29"/>
     </row>
     <row r="11" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="27" t="s">
+      <c r="A11" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="B11" s="28"/>
-[...2 lines deleted...]
-      <c r="E11" s="28"/>
+      <c r="B11" s="21"/>
+      <c r="C11" s="21"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="21"/>
     </row>
     <row r="12" spans="1:5" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="27" t="s">
+      <c r="A12" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="B12" s="28"/>
-[...2 lines deleted...]
-      <c r="E12" s="28"/>
+      <c r="B12" s="21"/>
+      <c r="C12" s="21"/>
+      <c r="D12" s="21"/>
+      <c r="E12" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A9:E9"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:E11"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Fecha de actualización: 30 de julio del 2025</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2C43AC8D-E6C8-420F-8C24-93FAD144978E}">
   <dimension ref="A3:I7"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I4" sqref="H4:I4"/>
+      <selection activeCell="B7" sqref="B7:I7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.28515625" customWidth="1"/>
     <col min="2" max="8" width="9.140625" style="1"/>
     <col min="9" max="9" width="14.7109375" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="21" t="s">
         <v>18</v>
       </c>
-      <c r="C3" s="28"/>
-[...5 lines deleted...]
-      <c r="I3" s="28"/>
+      <c r="C3" s="21"/>
+      <c r="D3" s="21"/>
+      <c r="E3" s="21"/>
+      <c r="F3" s="21"/>
+      <c r="G3" s="21"/>
+      <c r="H3" s="21"/>
+      <c r="I3" s="21"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
-      <c r="B5" s="25" t="s">
+      <c r="B5" s="28" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="26"/>
-[...5 lines deleted...]
-      <c r="I5" s="26"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="29"/>
+      <c r="E5" s="29"/>
+      <c r="F5" s="29"/>
+      <c r="G5" s="29"/>
+      <c r="H5" s="29"/>
+      <c r="I5" s="29"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
-      <c r="B6" s="25" t="s">
+      <c r="B6" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="C6" s="26"/>
-[...5 lines deleted...]
-      <c r="I6" s="26"/>
+      <c r="C6" s="29"/>
+      <c r="D6" s="29"/>
+      <c r="E6" s="29"/>
+      <c r="F6" s="29"/>
+      <c r="G6" s="29"/>
+      <c r="H6" s="29"/>
+      <c r="I6" s="29"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
-      <c r="B7" s="25" t="s">
+      <c r="B7" s="28" t="s">
         <v>15</v>
       </c>
-      <c r="C7" s="26"/>
-[...5 lines deleted...]
-      <c r="I7" s="26"/>
+      <c r="C7" s="29"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="29"/>
+      <c r="F7" s="29"/>
+      <c r="G7" s="29"/>
+      <c r="H7" s="29"/>
+      <c r="I7" s="29"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B5:I5"/>
     <mergeCell ref="B6:I6"/>
     <mergeCell ref="B7:I7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Fecha de actualización: 23 de diciembre del 2025</oddHeader>
+    <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Fecha de actualización: 15 de enero de 2026</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B723F839-F131-4BAF-B03E-4BFE61D719C2}">
   <dimension ref="A1:I5"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H11" sqref="H11"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I4" sqref="I4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.28515625" customWidth="1"/>
     <col min="2" max="8" width="9.140625" style="1"/>
     <col min="9" max="9" width="17.42578125" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="29" t="s">
+      <c r="B3" s="30" t="s">
         <v>16</v>
       </c>
-      <c r="C3" s="29"/>
-[...5 lines deleted...]
-      <c r="I3" s="29"/>
+      <c r="C3" s="30"/>
+      <c r="D3" s="30"/>
+      <c r="E3" s="30"/>
+      <c r="F3" s="30"/>
+      <c r="G3" s="30"/>
+      <c r="H3" s="30"/>
+      <c r="I3" s="30"/>
     </row>
     <row r="5" spans="1:9" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
-      <c r="B5" s="27" t="s">
+      <c r="B5" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="28"/>
-[...5 lines deleted...]
-      <c r="I5" s="28"/>
+      <c r="C5" s="21"/>
+      <c r="D5" s="21"/>
+      <c r="E5" s="21"/>
+      <c r="F5" s="21"/>
+      <c r="G5" s="21"/>
+      <c r="H5" s="21"/>
+      <c r="I5" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B5:I5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Fecha de actualización: 23 de diciembre de 2025</oddHeader>
+    <oddHeader xml:space="preserve">&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Fecha de actualización: 15 de enero de 2026
+</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="5" baseType="lpstr">
+      <vt:lpstr>Retribuciones dinerarias 2026</vt:lpstr>
       <vt:lpstr>Retribuciones dinerarias 2025</vt:lpstr>
       <vt:lpstr>Retribuciones dinerarias 2024</vt:lpstr>
       <vt:lpstr>Retribuciones en especie</vt:lpstr>
       <vt:lpstr>Indemnizaciones representación </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>