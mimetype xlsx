--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A35D12EF-CD3C-4202-9F0B-CB1E655F2604}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E9C66D8-B869-4ADE-9485-28C07193EC34}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_1Àrea_d_impressió" localSheetId="0">'2025'!$A$1:$C$90</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025'!$A$7:$E$21</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'2025'!$A$1:$G$93</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
@@ -281,51 +281,51 @@
   <si>
     <t>Ajudant/a d'uixers (25 h.setm)</t>
   </si>
   <si>
     <t>Unitat de Gestió Econòmica</t>
   </si>
   <si>
     <t>Responsable de Registre</t>
   </si>
   <si>
     <t>Tècnic/a de grau mitjà de l'Àrea de Serveis Lingüístics i Documetnals</t>
   </si>
   <si>
     <t>Responsable d'Edicions i Publicacions</t>
   </si>
   <si>
     <t>Unitat d'Arxiu</t>
   </si>
   <si>
     <t>Cap de Publicacions*</t>
   </si>
   <si>
     <t>Auditor/a-analista de polítiques públiques</t>
   </si>
   <si>
-    <t>Plantilla real de la Sindicatura de Comptes de Catalunya  (Actualitzada a 01-10-2025)</t>
+    <t>Plantilla real de la Sindicatura de Comptes de Catalunya  (Actualitzada a 03-11-2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -898,52 +898,52 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H98"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A48" zoomScale="75" zoomScaleNormal="100" zoomScaleSheetLayoutView="75" workbookViewId="0">
-      <selection activeCell="J73" sqref="J73"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A60" zoomScale="75" zoomScaleNormal="100" zoomScaleSheetLayoutView="75" workbookViewId="0">
+      <selection activeCell="G68" sqref="G68"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="18.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="82.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.140625" style="3" customWidth="1"/>
     <col min="5" max="5" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="7" width="9.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.42578125" style="3"/>
     <col min="9" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="6"/>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A2" s="6"/>
       <c r="B2" s="6"/>
@@ -1113,57 +1113,57 @@
       </c>
       <c r="E14" s="16">
         <v>1</v>
       </c>
       <c r="F14" s="16">
         <v>1</v>
       </c>
       <c r="G14" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A15" s="15" t="s">
         <v>58</v>
       </c>
       <c r="B15" s="16" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="16">
         <v>21</v>
       </c>
       <c r="D15" s="16">
         <v>1</v>
       </c>
       <c r="E15" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F15" s="16">
         <v>0</v>
       </c>
       <c r="G15" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A16" s="22" t="s">
         <v>59</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>2</v>
       </c>
       <c r="C16" s="17">
         <v>28</v>
       </c>
       <c r="D16" s="17">
         <v>1</v>
       </c>
       <c r="E16" s="17">
         <v>0</v>
       </c>
       <c r="F16" s="17">
         <v>0</v>
       </c>
       <c r="G16" s="17">
         <v>0</v>
       </c>
     </row>
@@ -1289,57 +1289,57 @@
       <c r="D23" s="16">
         <v>28</v>
       </c>
       <c r="E23" s="18">
         <v>18</v>
       </c>
       <c r="F23" s="18">
         <v>4</v>
       </c>
       <c r="G23" s="18">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A24" s="35"/>
       <c r="B24" s="18" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="18">
         <v>21</v>
       </c>
       <c r="D24" s="16">
         <v>21</v>
       </c>
       <c r="E24" s="16">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F24" s="16">
         <v>4</v>
       </c>
       <c r="G24" s="16">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A25" s="20" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="18" t="s">
         <v>2</v>
       </c>
       <c r="C25" s="18">
         <v>24</v>
       </c>
       <c r="D25" s="16">
         <v>8</v>
       </c>
       <c r="E25" s="16">
         <v>0</v>
       </c>
       <c r="F25" s="16">
         <v>0</v>
       </c>
       <c r="G25" s="16">
         <v>0</v>
       </c>
     </row>
@@ -1830,57 +1830,57 @@
       </c>
       <c r="E50" s="17">
         <v>0</v>
       </c>
       <c r="F50" s="17">
         <v>0</v>
       </c>
       <c r="G50" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A51" s="21" t="s">
         <v>38</v>
       </c>
       <c r="B51" s="19" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="19">
         <v>14</v>
       </c>
       <c r="D51" s="19">
         <v>5</v>
       </c>
       <c r="E51" s="19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F51" s="19">
         <v>0</v>
       </c>
       <c r="G51" s="19">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A52" s="22" t="s">
         <v>39</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C52" s="17">
         <v>14</v>
       </c>
       <c r="D52" s="17">
         <v>1</v>
       </c>
       <c r="E52" s="17">
         <v>0</v>
       </c>
       <c r="F52" s="17">
         <v>0</v>
       </c>
       <c r="G52" s="17">
         <v>0</v>
       </c>
     </row>
@@ -2083,57 +2083,57 @@
       </c>
       <c r="E61" s="17">
         <v>2</v>
       </c>
       <c r="F61" s="17">
         <v>0</v>
       </c>
       <c r="G61" s="17">
         <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A62" s="22" t="s">
         <v>73</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>3</v>
       </c>
       <c r="C62" s="17">
         <v>18</v>
       </c>
       <c r="D62" s="17">
         <v>1</v>
       </c>
       <c r="E62" s="17">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F62" s="17">
         <v>0</v>
       </c>
       <c r="G62" s="17">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A63" s="21" t="s">
         <v>74</v>
       </c>
       <c r="B63" s="19" t="s">
         <v>3</v>
       </c>
       <c r="C63" s="19">
         <v>24</v>
       </c>
       <c r="D63" s="17">
         <v>1</v>
       </c>
       <c r="E63" s="17">
         <v>0</v>
       </c>
       <c r="F63" s="17">
         <v>0</v>
       </c>
       <c r="G63" s="17">
         <v>0</v>
       </c>
     </row>
@@ -2198,57 +2198,57 @@
       </c>
       <c r="E66" s="17">
         <v>1</v>
       </c>
       <c r="F66" s="17">
         <v>1</v>
       </c>
       <c r="G66" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A67" s="22" t="s">
         <v>75</v>
       </c>
       <c r="B67" s="17" t="s">
         <v>5</v>
       </c>
       <c r="C67" s="17">
         <v>14</v>
       </c>
       <c r="D67" s="17">
         <v>1</v>
       </c>
       <c r="E67" s="17">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F67" s="17">
         <v>0</v>
       </c>
       <c r="G67" s="17">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A68" s="21" t="s">
         <v>76</v>
       </c>
       <c r="B68" s="19" t="s">
         <v>3</v>
       </c>
       <c r="C68" s="19">
         <v>26</v>
       </c>
       <c r="D68" s="17">
         <v>1</v>
       </c>
       <c r="E68" s="17">
         <v>0</v>
       </c>
       <c r="F68" s="17">
         <v>0</v>
       </c>
       <c r="G68" s="17">
         <v>0</v>
       </c>
     </row>
@@ -2560,59 +2560,59 @@
       <c r="E85" s="17"/>
       <c r="F85" s="17"/>
       <c r="G85" s="17"/>
     </row>
     <row r="86" spans="1:7" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="14"/>
       <c r="B86" s="14"/>
       <c r="C86" s="14"/>
       <c r="D86" s="14"/>
       <c r="E86" s="14"/>
       <c r="F86" s="14"/>
       <c r="G86" s="14"/>
     </row>
     <row r="87" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A87" s="23" t="s">
         <v>19</v>
       </c>
       <c r="B87" s="14"/>
       <c r="C87" s="14"/>
       <c r="D87" s="23">
         <f>SUM(D9:D86)</f>
         <v>191</v>
       </c>
       <c r="E87" s="23">
         <f>SUM(E9:E86)</f>
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F87" s="23">
         <f>SUM(F8:F85)</f>
         <v>32</v>
       </c>
       <c r="G87" s="23">
         <f>SUM(G8:G85)</f>
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="88" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A88" s="4"/>
     </row>
     <row r="89" spans="1:7" s="3" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A89" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B89" s="10" t="s">
         <v>0</v>
       </c>
       <c r="C89" s="10" t="s">
         <v>1</v>
       </c>
       <c r="D89" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E89" s="9" t="s">
         <v>18</v>
       </c>
       <c r="F89" s="10" t="s">
         <v>12</v>
       </c>
       <c r="G89" s="10" t="s">