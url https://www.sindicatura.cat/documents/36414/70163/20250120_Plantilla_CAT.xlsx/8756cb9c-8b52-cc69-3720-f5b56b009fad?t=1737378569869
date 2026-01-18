--- v1 (2025-11-28)
+++ v2 (2026-01-18)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E9C66D8-B869-4ADE-9485-28C07193EC34}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7B2EEFCA-1ACE-444B-A664-F9F21866CC04}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_1Àrea_d_impressió" localSheetId="0">'2025'!$A$1:$C$90</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025'!$A$7:$E$21</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'2025'!$A$1:$G$93</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
@@ -281,51 +281,51 @@
   <si>
     <t>Ajudant/a d'uixers (25 h.setm)</t>
   </si>
   <si>
     <t>Unitat de Gestió Econòmica</t>
   </si>
   <si>
     <t>Responsable de Registre</t>
   </si>
   <si>
     <t>Tècnic/a de grau mitjà de l'Àrea de Serveis Lingüístics i Documetnals</t>
   </si>
   <si>
     <t>Responsable d'Edicions i Publicacions</t>
   </si>
   <si>
     <t>Unitat d'Arxiu</t>
   </si>
   <si>
     <t>Cap de Publicacions*</t>
   </si>
   <si>
     <t>Auditor/a-analista de polítiques públiques</t>
   </si>
   <si>
-    <t>Plantilla real de la Sindicatura de Comptes de Catalunya  (Actualitzada a 03-11-2025)</t>
+    <t>Plantilla real de la Sindicatura de Comptes de Catalunya  (Actualitzada a 12-12-2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -898,52 +898,52 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H98"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A60" zoomScale="75" zoomScaleNormal="100" zoomScaleSheetLayoutView="75" workbookViewId="0">
-      <selection activeCell="G68" sqref="G68"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="75" zoomScaleNormal="100" zoomScaleSheetLayoutView="75" workbookViewId="0">
+      <selection activeCell="J21" sqref="J21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="18.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="82.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.140625" style="3" customWidth="1"/>
     <col min="5" max="5" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="7" width="9.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.42578125" style="3"/>
     <col min="9" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="6"/>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A2" s="6"/>
       <c r="B2" s="6"/>
@@ -1247,78 +1247,78 @@
       <c r="D21" s="17">
         <v>21</v>
       </c>
       <c r="E21" s="17">
         <v>14</v>
       </c>
       <c r="F21" s="17">
         <v>5</v>
       </c>
       <c r="G21" s="17">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A22" s="36"/>
       <c r="B22" s="16" t="s">
         <v>2</v>
       </c>
       <c r="C22" s="16">
         <v>26</v>
       </c>
       <c r="D22" s="16">
         <v>21</v>
       </c>
       <c r="E22" s="16">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F22" s="16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G22" s="16">
         <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A23" s="36"/>
       <c r="B23" s="18" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="18">
         <v>24</v>
       </c>
       <c r="D23" s="16">
         <v>28</v>
       </c>
       <c r="E23" s="18">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F23" s="18">
         <v>4</v>
       </c>
       <c r="G23" s="18">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A24" s="35"/>
       <c r="B24" s="18" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="18">
         <v>21</v>
       </c>
       <c r="D24" s="16">
         <v>21</v>
       </c>
       <c r="E24" s="16">
         <v>6</v>
       </c>
       <c r="F24" s="16">
         <v>4</v>
       </c>
       <c r="G24" s="16">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A25" s="20" t="s">
@@ -2564,55 +2564,55 @@
     <row r="86" spans="1:7" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="14"/>
       <c r="B86" s="14"/>
       <c r="C86" s="14"/>
       <c r="D86" s="14"/>
       <c r="E86" s="14"/>
       <c r="F86" s="14"/>
       <c r="G86" s="14"/>
     </row>
     <row r="87" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A87" s="23" t="s">
         <v>19</v>
       </c>
       <c r="B87" s="14"/>
       <c r="C87" s="14"/>
       <c r="D87" s="23">
         <f>SUM(D9:D86)</f>
         <v>191</v>
       </c>
       <c r="E87" s="23">
         <f>SUM(E9:E86)</f>
         <v>100</v>
       </c>
       <c r="F87" s="23">
         <f>SUM(F8:F85)</f>
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G87" s="23">
         <f>SUM(G8:G85)</f>
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="88" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A88" s="4"/>
     </row>
     <row r="89" spans="1:7" s="3" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A89" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B89" s="10" t="s">
         <v>0</v>
       </c>
       <c r="C89" s="10" t="s">
         <v>1</v>
       </c>
       <c r="D89" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E89" s="9" t="s">
         <v>18</v>
       </c>
       <c r="F89" s="10" t="s">
         <v>12</v>
       </c>
       <c r="G89" s="10" t="s">