--- v0 (2026-01-18)
+++ v1 (2026-03-05)
@@ -1,86 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{220CB29A-9BD3-41BC-8FDC-09F71A1B8DBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{42C15CC0-CFF8-42F7-A8DA-974115D894C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="810" xr2:uid="{C84D946D-E444-4898-9A30-18D3E3936546}"/>
+    <workbookView xWindow="2685" yWindow="2685" windowWidth="21600" windowHeight="11295" tabRatio="810" firstSheet="1" activeTab="3" xr2:uid="{C84D946D-E444-4898-9A30-18D3E3936546}"/>
   </bookViews>
   <sheets>
-    <sheet name="Retribucions dineràries 2025" sheetId="4" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Indemnitzacions representació " sheetId="3" r:id="rId4"/>
+    <sheet name="Retribucions dineràries 2026" sheetId="5" r:id="rId1"/>
+    <sheet name="Retribucions dineràries 2025" sheetId="4" r:id="rId2"/>
+    <sheet name="Retribucions dineràries 2024" sheetId="1" r:id="rId3"/>
+    <sheet name="Retribucions en espècie" sheetId="2" r:id="rId4"/>
+    <sheet name="Indemnitzacions representació " sheetId="3" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="29">
   <si>
     <t>RETRIBUCIONS ANY 2024</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Retribuions dineràries mensuals i anuals dels alts càrrecs de la Sindicatura de Comptes de Cataluny per a l'any 2024</t>
   </si>
   <si>
     <t>Càrrec</t>
   </si>
   <si>
     <t>Bàsiques</t>
   </si>
   <si>
     <t>Complementàries</t>
   </si>
   <si>
     <t>Retribucions mensuals</t>
   </si>
   <si>
     <t xml:space="preserve">Retribucions anuals </t>
   </si>
   <si>
@@ -111,50 +113,62 @@
     <t xml:space="preserve">- Assegurança de vida </t>
   </si>
   <si>
     <t>Indemnitzacions per les despeses de representació institucional</t>
   </si>
   <si>
     <t>Pel que fa a les indemnitzacions per les despeses de representació institucional, els membres del Ple de la Sindicatura de Comptes es regeixen pel que estableix l’Acord de Govern del 20 de gener del 2009 sobre gestió i control de les despeses de representació.</t>
   </si>
   <si>
     <t>- El/la síndic/a major té un complement de representativitat de 987,64 € mensuals.</t>
   </si>
   <si>
     <t>- Els síndics que formen part de la Comissió de Govern tenen un complement de 418,56 € mensuals.</t>
   </si>
   <si>
     <t>RETRIBUCIONS ANY 2025</t>
   </si>
   <si>
     <t>Retribuions dineràries mensuals i anuals dels alts càrrecs de la Sindicatura de Comptes de Cataluny per a l'any 2025</t>
   </si>
   <si>
     <t>- El/la síndic/a major té un complement de representativitat de 1.012,33 € mensuals.</t>
   </si>
   <si>
     <t>- Els síndics que formen part de la Comissió de Govern tenen un complement de 429,02€ mensuals.</t>
+  </si>
+  <si>
+    <t>Retribuions dineràries mensuals i anuals dels alts càrrecs de la Sindicatura de Comptes de Cataluny per a l'any 2026</t>
+  </si>
+  <si>
+    <t>RETRIBUCIONS ANY 2026</t>
+  </si>
+  <si>
+    <t>- El/la síndic/a major té un complement de representativitat de 1.027,51 € mensuals.</t>
+  </si>
+  <si>
+    <t>- Els síndics que formen part de la Comissió de Govern tenen un complement de 435,46€ mensuals.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00;#,##0.00\-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Helvetica LT Light"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -398,66 +412,70 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing3.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing4.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/vmlDrawing5.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de l'Office">
   <a:themeElements>
     <a:clrScheme name="Oficina">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -748,59 +766,210 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9F9D851C-9B16-4663-883A-3D75B7C4A7C7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{28E62B96-0F95-4A3E-8B84-6164C6B0DA37}">
   <sheetPr>
     <tabColor theme="9" tint="0.79998168889431442"/>
   </sheetPr>
   <dimension ref="A1:E12"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E13" sqref="E13"/>
+    <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D13" sqref="D13"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="13.28515625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.5703125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="19.140625" style="3" customWidth="1"/>
+    <col min="4" max="4" width="23" style="1" customWidth="1"/>
+    <col min="5" max="5" width="19.140625" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="1:5" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="20"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="20"/>
+      <c r="E2" s="21"/>
+    </row>
+    <row r="3" spans="1:5" s="4" customFormat="1" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" s="23"/>
+      <c r="C3" s="23"/>
+      <c r="D3" s="23"/>
+      <c r="E3" s="24"/>
+    </row>
+    <row r="4" spans="1:5" s="2" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="D4" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="11">
+        <v>3288.97</v>
+      </c>
+      <c r="C5" s="11">
+        <v>6325.87</v>
+      </c>
+      <c r="D5" s="12">
+        <v>9614.84</v>
+      </c>
+      <c r="E5" s="13">
+        <v>134607.76</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" s="6" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="14">
+        <v>3204.74</v>
+      </c>
+      <c r="C6" s="14">
+        <v>4240.6899999999996</v>
+      </c>
+      <c r="D6" s="15">
+        <v>7445.43</v>
+      </c>
+      <c r="E6" s="16">
+        <v>104236.02</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="25" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="26"/>
+      <c r="C9" s="26"/>
+      <c r="D9" s="26"/>
+      <c r="E9" s="26"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="26"/>
+      <c r="C10" s="26"/>
+      <c r="D10" s="26"/>
+      <c r="E10" s="26"/>
+    </row>
+    <row r="11" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="27" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="28"/>
+      <c r="C11" s="28"/>
+      <c r="D11" s="28"/>
+      <c r="E11" s="28"/>
+    </row>
+    <row r="12" spans="1:5" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" s="28"/>
+      <c r="C12" s="28"/>
+      <c r="D12" s="28"/>
+      <c r="E12" s="28"/>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A12:E12"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="A10:E10"/>
+    <mergeCell ref="A11:E11"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Data d'actualització: 15 de gener del 2026</oddHeader>
+  </headerFooter>
+  <legacyDrawingHF r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9F9D851C-9B16-4663-883A-3D75B7C4A7C7}">
+  <dimension ref="A1:E12"/>
+  <sheetViews>
+    <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C17" sqref="C16:C17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="19.140625" style="3" customWidth="1"/>
     <col min="4" max="4" width="23" style="1" customWidth="1"/>
     <col min="5" max="5" width="19.140625" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:5" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="19" t="s">
         <v>21</v>
       </c>
       <c r="B2" s="20"/>
       <c r="C2" s="20"/>
       <c r="D2" s="20"/>
       <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" s="4" customFormat="1" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="22" t="s">
         <v>22</v>
@@ -898,51 +1067,51 @@
         <v>12</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A9:E9"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:E11"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Data d'actualització: 23 de desembre del 2025</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E320BE30-BE67-4ED7-B9AB-67C92E90835C}">
   <dimension ref="A1:E12"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="19.140625" style="3" customWidth="1"/>
     <col min="4" max="4" width="23" style="1" customWidth="1"/>
     <col min="5" max="5" width="19.140625" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:5" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="19" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="20"/>
       <c r="C2" s="20"/>
       <c r="D2" s="20"/>
@@ -1045,56 +1214,56 @@
         <v>12</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A9:E9"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:E11"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Data d'actualització: 30 de juliol del 2025</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2C43AC8D-E6C8-420F-8C24-93FAD144978E}">
   <dimension ref="A3:I7"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I8" sqref="I8"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I9" sqref="I9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.28515625" customWidth="1"/>
     <col min="2" max="8" width="9.140625" style="1"/>
     <col min="9" max="9" width="13.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="28" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="28"/>
       <c r="D3" s="28"/>
       <c r="E3" s="28"/>
       <c r="F3" s="28"/>
       <c r="G3" s="28"/>
       <c r="H3" s="28"/>
       <c r="I3" s="28"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
@@ -1123,130 +1292,131 @@
       <c r="I6" s="26"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
       <c r="B7" s="25" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="26"/>
       <c r="D7" s="26"/>
       <c r="E7" s="26"/>
       <c r="F7" s="26"/>
       <c r="G7" s="26"/>
       <c r="H7" s="26"/>
       <c r="I7" s="26"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B5:I5"/>
     <mergeCell ref="B6:I6"/>
     <mergeCell ref="B7:I7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Data d'actualització: 23 de desembre del 2025</oddHeader>
+    <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Data d'actualització: 15 de gener del 2026</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B723F839-F131-4BAF-B03E-4BFE61D719C2}">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I14" sqref="I14"/>
+      <selection activeCell="I4" sqref="I4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.28515625" customWidth="1"/>
     <col min="2" max="8" width="9.140625" style="1"/>
     <col min="9" max="9" width="15.85546875" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B3" s="29" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="29"/>
       <c r="D3" s="29"/>
       <c r="E3" s="29"/>
       <c r="F3" s="29"/>
       <c r="G3" s="29"/>
       <c r="H3" s="29"/>
       <c r="I3" s="29"/>
     </row>
     <row r="5" spans="1:9" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="28"/>
       <c r="E5" s="28"/>
       <c r="F5" s="28"/>
       <c r="G5" s="28"/>
       <c r="H5" s="28"/>
       <c r="I5" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B5:I5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Data d'actualització: 23 de desembre del 2025</oddHeader>
+    <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Data d'actualització: 15 de gener del 2026</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="5" baseType="lpstr">
+      <vt:lpstr>Retribucions dineràries 2026</vt:lpstr>
       <vt:lpstr>Retribucions dineràries 2025</vt:lpstr>
       <vt:lpstr>Retribucions dineràries 2024</vt:lpstr>
       <vt:lpstr>Retribucions en espècie</vt:lpstr>
       <vt:lpstr>Indemnitzacions representació </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>