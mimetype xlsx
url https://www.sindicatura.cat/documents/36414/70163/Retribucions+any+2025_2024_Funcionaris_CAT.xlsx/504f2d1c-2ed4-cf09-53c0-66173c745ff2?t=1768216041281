--- v0 (2026-01-18)
+++ v1 (2026-03-05)
@@ -1,84 +1,167 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{50D87CA8-AE0A-4873-A4DE-8077B58BF0E4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8D1229E8-560E-4519-B2FF-D8590EA95694}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C84D946D-E444-4898-9A30-18D3E3936546}"/>
+    <workbookView xWindow="3030" yWindow="3030" windowWidth="21600" windowHeight="11295" firstSheet="1" activeTab="3" xr2:uid="{C84D946D-E444-4898-9A30-18D3E3936546}"/>
   </bookViews>
   <sheets>
-    <sheet name="Retribucions dineràries 2025" sheetId="3" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Retribucions en espècie" sheetId="2" r:id="rId3"/>
+    <sheet name="Retribucions dineràries 2026" sheetId="4" r:id="rId1"/>
+    <sheet name="Retribucions dineràries 2025" sheetId="3" r:id="rId2"/>
+    <sheet name="Retribucions dineràries 2024" sheetId="1" r:id="rId3"/>
+    <sheet name="Retribucions en espècie" sheetId="2" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="J28" i="4" l="1"/>
+  <c r="I28" i="4"/>
+  <c r="H28" i="4" s="1"/>
+  <c r="I27" i="4"/>
+  <c r="J27" i="4" s="1"/>
+  <c r="H27" i="4"/>
+  <c r="J26" i="4"/>
+  <c r="I26" i="4"/>
+  <c r="H26" i="4" s="1"/>
+  <c r="I25" i="4"/>
+  <c r="J25" i="4" s="1"/>
+  <c r="H25" i="4"/>
+  <c r="J24" i="4"/>
+  <c r="I24" i="4"/>
+  <c r="H24" i="4" s="1"/>
+  <c r="I23" i="4"/>
+  <c r="J23" i="4" s="1"/>
+  <c r="H23" i="4"/>
+  <c r="J22" i="4"/>
+  <c r="I22" i="4"/>
+  <c r="H22" i="4" s="1"/>
+  <c r="I21" i="4"/>
+  <c r="J21" i="4" s="1"/>
+  <c r="H21" i="4"/>
+  <c r="J20" i="4"/>
+  <c r="I20" i="4"/>
+  <c r="H20" i="4" s="1"/>
+  <c r="I19" i="4"/>
+  <c r="J19" i="4" s="1"/>
+  <c r="H19" i="4"/>
+  <c r="J18" i="4"/>
+  <c r="I18" i="4"/>
+  <c r="H18" i="4" s="1"/>
+  <c r="I17" i="4"/>
+  <c r="J17" i="4" s="1"/>
+  <c r="H17" i="4"/>
+  <c r="J16" i="4"/>
+  <c r="I16" i="4"/>
+  <c r="H16" i="4" s="1"/>
+  <c r="I15" i="4"/>
+  <c r="J15" i="4" s="1"/>
+  <c r="H15" i="4"/>
+  <c r="J14" i="4"/>
+  <c r="I14" i="4"/>
+  <c r="H14" i="4" s="1"/>
+  <c r="I13" i="4"/>
+  <c r="J13" i="4" s="1"/>
+  <c r="H13" i="4"/>
+  <c r="J12" i="4"/>
+  <c r="I12" i="4"/>
+  <c r="H12" i="4" s="1"/>
+  <c r="I11" i="4"/>
+  <c r="J11" i="4" s="1"/>
+  <c r="H11" i="4"/>
+  <c r="J10" i="4"/>
+  <c r="I10" i="4"/>
+  <c r="H10" i="4" s="1"/>
+  <c r="I9" i="4"/>
+  <c r="J9" i="4" s="1"/>
+  <c r="H9" i="4"/>
+  <c r="J8" i="4"/>
+  <c r="I8" i="4"/>
+  <c r="H8" i="4" s="1"/>
+  <c r="I7" i="4"/>
+  <c r="J7" i="4" s="1"/>
+  <c r="H7" i="4"/>
+  <c r="J6" i="4"/>
+  <c r="I6" i="4"/>
+  <c r="H6" i="4" s="1"/>
+  <c r="I5" i="4"/>
+  <c r="J5" i="4" s="1"/>
+  <c r="H5" i="4"/>
+  <c r="J4" i="4"/>
+  <c r="I4" i="4"/>
+  <c r="H4" i="4" s="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="44">
   <si>
     <t>Grup</t>
   </si>
   <si>
     <t>Subgrup</t>
   </si>
   <si>
     <t>Nivell</t>
   </si>
   <si>
     <t xml:space="preserve">Sou </t>
   </si>
   <si>
     <t>Compl. destinació</t>
   </si>
   <si>
     <t>Trienni</t>
   </si>
   <si>
     <t>Total mensual</t>
   </si>
   <si>
     <t xml:space="preserve">Total anual </t>
   </si>
   <si>
@@ -163,50 +246,53 @@
     <t xml:space="preserve">El personal percep en concepte de retribucions en espècie: </t>
   </si>
   <si>
     <t>- Tiquets menjador (1)</t>
   </si>
   <si>
     <t>- Revisió mèdica</t>
   </si>
   <si>
     <t>- Assegurança de vida</t>
   </si>
   <si>
     <t>(1) Durant la jornada partida com a compensació per la despesa de dinar només per als dies que el personal treballa a la tarda.</t>
   </si>
   <si>
     <t>Aclariment: El personal pot renunciar a les retribucions en espècie esmentades</t>
   </si>
   <si>
     <t>Reial decret llei 4/2024 de 26 de juny, pel qual es prorroguen determinades mesures per afrontar les conseqüències econòmiques i socials derivades dels conflictes a Ucraïna i al Pròxim Orient i s'adopten mesures urgents en matèria fiscal, energètica i social. Art. 6. (increment 2% + 0,5% IPCA)</t>
   </si>
   <si>
     <t>RETRIBUCIONS ANY 2025</t>
   </si>
   <si>
     <t>Reial Decret-Llei 14/2025 de desembre, pel qual s'aproven mesures urgents en matèria de retribucions en l'àmbit del sector públic</t>
+  </si>
+  <si>
+    <t>RETRIBUCIONS ANY 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00;#,##0.00\-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Helvetica LT Light"/>
     </font>
     <font>
       <sz val="11"/>
@@ -232,51 +318,51 @@
       <b/>
       <sz val="11"/>
       <name val="Helvetica LT Light"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="19">
+  <borders count="21">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -476,160 +562,192 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing3.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/vmlDrawing4.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de l'Office">
   <a:themeElements>
     <a:clrScheme name="Oficina">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -916,100 +1034,1110 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE2708C1-D0BD-4754-97DB-0FB5622E40D7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83A99BA6-25E5-4441-A497-8A21DAC3E6EB}">
   <sheetPr>
     <tabColor theme="9" tint="0.79998168889431442"/>
   </sheetPr>
   <dimension ref="B1:J43"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" showRuler="0" view="pageLayout" zoomScale="85" zoomScaleNormal="100" zoomScalePageLayoutView="85" workbookViewId="0">
+    <sheetView showGridLines="0" showRuler="0" view="pageLayout" zoomScale="85" zoomScaleNormal="100" zoomScalePageLayoutView="85" workbookViewId="0">
+      <selection activeCell="K4" sqref="K4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="9.140625" style="1"/>
+    <col min="2" max="2" width="7" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.85546875" style="3" customWidth="1"/>
+    <col min="5" max="5" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="12.7109375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="10" width="14.140625" style="1" customWidth="1"/>
+    <col min="11" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:10" s="20" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="30" t="s">
+        <v>43</v>
+      </c>
+      <c r="C1" s="31"/>
+      <c r="D1" s="31"/>
+      <c r="E1" s="31"/>
+      <c r="F1" s="31"/>
+      <c r="G1" s="31"/>
+      <c r="H1" s="31"/>
+      <c r="I1" s="31"/>
+      <c r="J1" s="32"/>
+    </row>
+    <row r="2" spans="2:10" s="19" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B2" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" s="34"/>
+      <c r="D2" s="34"/>
+      <c r="E2" s="34"/>
+      <c r="F2" s="34"/>
+      <c r="G2" s="34"/>
+      <c r="H2" s="34"/>
+      <c r="I2" s="34"/>
+      <c r="J2" s="35"/>
+    </row>
+    <row r="3" spans="2:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="E3" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="F3" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="G3" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="I3" s="23" t="s">
+        <v>6</v>
+      </c>
+      <c r="J3" s="24" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="16">
+        <v>20</v>
+      </c>
+      <c r="E4" s="17">
+        <v>1387.24</v>
+      </c>
+      <c r="F4" s="17">
+        <v>550.01</v>
+      </c>
+      <c r="G4" s="17">
+        <v>683.92</v>
+      </c>
+      <c r="H4" s="17">
+        <f>I4*5%</f>
+        <v>131.05850000000001</v>
+      </c>
+      <c r="I4" s="17">
+        <f>E4+F4+G4</f>
+        <v>2621.17</v>
+      </c>
+      <c r="J4" s="18">
+        <f>I4*14</f>
+        <v>36696.380000000005</v>
+      </c>
+    </row>
+    <row r="5" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="5">
+        <v>21</v>
+      </c>
+      <c r="E5" s="17">
+        <v>1387.24</v>
+      </c>
+      <c r="F5" s="17">
+        <v>592.11</v>
+      </c>
+      <c r="G5" s="17">
+        <v>728.96</v>
+      </c>
+      <c r="H5" s="17">
+        <f t="shared" ref="H5:H28" si="0">I5*5%</f>
+        <v>135.41550000000001</v>
+      </c>
+      <c r="I5" s="17">
+        <f t="shared" ref="I5:I28" si="1">E5+F5+G5</f>
+        <v>2708.31</v>
+      </c>
+      <c r="J5" s="18">
+        <f t="shared" ref="J5:J28" si="2">I5*14</f>
+        <v>37916.339999999997</v>
+      </c>
+    </row>
+    <row r="6" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="5">
+        <v>22</v>
+      </c>
+      <c r="E6" s="17">
+        <v>1387.24</v>
+      </c>
+      <c r="F6" s="17">
+        <v>637.73</v>
+      </c>
+      <c r="G6" s="17">
+        <v>1067.57</v>
+      </c>
+      <c r="H6" s="17">
+        <f t="shared" si="0"/>
+        <v>154.62700000000001</v>
+      </c>
+      <c r="I6" s="17">
+        <f t="shared" si="1"/>
+        <v>3092.54</v>
+      </c>
+      <c r="J6" s="18">
+        <f t="shared" si="2"/>
+        <v>43295.56</v>
+      </c>
+    </row>
+    <row r="7" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="5">
+        <v>24</v>
+      </c>
+      <c r="E7" s="17">
+        <v>1387.24</v>
+      </c>
+      <c r="F7" s="17">
+        <v>729.14</v>
+      </c>
+      <c r="G7" s="17">
+        <v>2230.92</v>
+      </c>
+      <c r="H7" s="17">
+        <f t="shared" si="0"/>
+        <v>217.36500000000001</v>
+      </c>
+      <c r="I7" s="17">
+        <f t="shared" si="1"/>
+        <v>4347.3</v>
+      </c>
+      <c r="J7" s="18">
+        <f t="shared" si="2"/>
+        <v>60862.200000000004</v>
+      </c>
+    </row>
+    <row r="8" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="5">
+        <v>26</v>
+      </c>
+      <c r="E8" s="17">
+        <v>1387.24</v>
+      </c>
+      <c r="F8" s="17">
+        <v>873.38</v>
+      </c>
+      <c r="G8" s="17">
+        <v>2437.69</v>
+      </c>
+      <c r="H8" s="17">
+        <f t="shared" si="0"/>
+        <v>234.91549999999998</v>
+      </c>
+      <c r="I8" s="17">
+        <f t="shared" si="1"/>
+        <v>4698.3099999999995</v>
+      </c>
+      <c r="J8" s="18">
+        <f t="shared" si="2"/>
+        <v>65776.34</v>
+      </c>
+    </row>
+    <row r="9" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="5">
+        <v>27</v>
+      </c>
+      <c r="E9" s="17">
+        <v>1387.24</v>
+      </c>
+      <c r="F9" s="17">
+        <v>995.47</v>
+      </c>
+      <c r="G9" s="17">
+        <v>2892.7</v>
+      </c>
+      <c r="H9" s="17">
+        <f t="shared" si="0"/>
+        <v>263.77050000000003</v>
+      </c>
+      <c r="I9" s="17">
+        <f t="shared" si="1"/>
+        <v>5275.41</v>
+      </c>
+      <c r="J9" s="18">
+        <f t="shared" si="2"/>
+        <v>73855.739999999991</v>
+      </c>
+    </row>
+    <row r="10" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="5">
+        <v>28</v>
+      </c>
+      <c r="E10" s="17">
+        <v>1387.24</v>
+      </c>
+      <c r="F10" s="17">
+        <v>1041.22</v>
+      </c>
+      <c r="G10" s="17">
+        <v>3084.94</v>
+      </c>
+      <c r="H10" s="17">
+        <f t="shared" si="0"/>
+        <v>275.67</v>
+      </c>
+      <c r="I10" s="17">
+        <f t="shared" si="1"/>
+        <v>5513.4</v>
+      </c>
+      <c r="J10" s="18">
+        <f t="shared" si="2"/>
+        <v>77187.599999999991</v>
+      </c>
+    </row>
+    <row r="11" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="5">
+        <v>30</v>
+      </c>
+      <c r="E11" s="17">
+        <v>1387.24</v>
+      </c>
+      <c r="F11" s="17">
+        <v>1211.77</v>
+      </c>
+      <c r="G11" s="17">
+        <v>3413.55</v>
+      </c>
+      <c r="H11" s="17">
+        <f t="shared" si="0"/>
+        <v>300.62800000000004</v>
+      </c>
+      <c r="I11" s="17">
+        <f t="shared" si="1"/>
+        <v>6012.56</v>
+      </c>
+      <c r="J11" s="18">
+        <f t="shared" si="2"/>
+        <v>84175.840000000011</v>
+      </c>
+    </row>
+    <row r="12" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" s="17">
+        <v>1387.24</v>
+      </c>
+      <c r="F12" s="17">
+        <v>1211.77</v>
+      </c>
+      <c r="G12" s="17">
+        <v>3864.14</v>
+      </c>
+      <c r="H12" s="17">
+        <f t="shared" si="0"/>
+        <v>323.15750000000003</v>
+      </c>
+      <c r="I12" s="17">
+        <f t="shared" si="1"/>
+        <v>6463.15</v>
+      </c>
+      <c r="J12" s="18">
+        <f t="shared" si="2"/>
+        <v>90484.099999999991</v>
+      </c>
+    </row>
+    <row r="13" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" s="17">
+        <v>1199.52</v>
+      </c>
+      <c r="F13" s="17">
+        <v>493.86</v>
+      </c>
+      <c r="G13" s="17">
+        <v>614.20000000000005</v>
+      </c>
+      <c r="H13" s="17">
+        <f t="shared" si="0"/>
+        <v>115.379</v>
+      </c>
+      <c r="I13" s="17">
+        <f t="shared" si="1"/>
+        <v>2307.58</v>
+      </c>
+      <c r="J13" s="18">
+        <f t="shared" si="2"/>
+        <v>32306.12</v>
+      </c>
+    </row>
+    <row r="14" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" s="17">
+        <v>1199.52</v>
+      </c>
+      <c r="F14" s="17">
+        <v>493.86</v>
+      </c>
+      <c r="G14" s="17">
+        <v>711.13</v>
+      </c>
+      <c r="H14" s="17">
+        <f t="shared" si="0"/>
+        <v>120.22550000000001</v>
+      </c>
+      <c r="I14" s="17">
+        <f t="shared" si="1"/>
+        <v>2404.5100000000002</v>
+      </c>
+      <c r="J14" s="18">
+        <f t="shared" si="2"/>
+        <v>33663.14</v>
+      </c>
+    </row>
+    <row r="15" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" s="5">
+        <v>20</v>
+      </c>
+      <c r="E15" s="17">
+        <v>1199.52</v>
+      </c>
+      <c r="F15" s="17">
+        <v>550.01</v>
+      </c>
+      <c r="G15" s="17">
+        <v>716.26</v>
+      </c>
+      <c r="H15" s="17">
+        <f t="shared" si="0"/>
+        <v>123.2895</v>
+      </c>
+      <c r="I15" s="17">
+        <f t="shared" si="1"/>
+        <v>2465.79</v>
+      </c>
+      <c r="J15" s="18">
+        <f t="shared" si="2"/>
+        <v>34521.06</v>
+      </c>
+    </row>
+    <row r="16" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" s="5">
+        <v>22</v>
+      </c>
+      <c r="E16" s="17">
+        <v>1199.52</v>
+      </c>
+      <c r="F16" s="17">
+        <v>637.73</v>
+      </c>
+      <c r="G16" s="17">
+        <v>843.42</v>
+      </c>
+      <c r="H16" s="17">
+        <f t="shared" si="0"/>
+        <v>134.0335</v>
+      </c>
+      <c r="I16" s="17">
+        <f t="shared" si="1"/>
+        <v>2680.67</v>
+      </c>
+      <c r="J16" s="18">
+        <f t="shared" si="2"/>
+        <v>37529.380000000005</v>
+      </c>
+    </row>
+    <row r="17" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" s="5">
+        <v>24</v>
+      </c>
+      <c r="E17" s="17">
+        <v>1199.52</v>
+      </c>
+      <c r="F17" s="17">
+        <v>729.14</v>
+      </c>
+      <c r="G17" s="17">
+        <v>1917.89</v>
+      </c>
+      <c r="H17" s="17">
+        <f t="shared" si="0"/>
+        <v>192.32750000000001</v>
+      </c>
+      <c r="I17" s="17">
+        <f t="shared" si="1"/>
+        <v>3846.55</v>
+      </c>
+      <c r="J17" s="18">
+        <f t="shared" si="2"/>
+        <v>53851.700000000004</v>
+      </c>
+    </row>
+    <row r="18" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="5">
+        <v>26</v>
+      </c>
+      <c r="E18" s="17">
+        <v>1199.52</v>
+      </c>
+      <c r="F18" s="17">
+        <v>873.38</v>
+      </c>
+      <c r="G18" s="17">
+        <v>2222.41</v>
+      </c>
+      <c r="H18" s="17">
+        <f t="shared" si="0"/>
+        <v>214.76549999999997</v>
+      </c>
+      <c r="I18" s="17">
+        <f t="shared" si="1"/>
+        <v>4295.3099999999995</v>
+      </c>
+      <c r="J18" s="18">
+        <f t="shared" si="2"/>
+        <v>60134.34</v>
+      </c>
+    </row>
+    <row r="19" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" s="5">
+        <v>14</v>
+      </c>
+      <c r="E19" s="17">
+        <v>900.63</v>
+      </c>
+      <c r="F19" s="17">
+        <v>381.57</v>
+      </c>
+      <c r="G19" s="17">
+        <v>577.98</v>
+      </c>
+      <c r="H19" s="17">
+        <f t="shared" si="0"/>
+        <v>93.009000000000015</v>
+      </c>
+      <c r="I19" s="17">
+        <f t="shared" si="1"/>
+        <v>1860.18</v>
+      </c>
+      <c r="J19" s="18">
+        <f t="shared" si="2"/>
+        <v>26042.52</v>
+      </c>
+    </row>
+    <row r="20" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="17">
+        <v>900.63</v>
+      </c>
+      <c r="F20" s="17">
+        <v>381.57</v>
+      </c>
+      <c r="G20" s="17">
+        <v>778.33</v>
+      </c>
+      <c r="H20" s="17">
+        <f t="shared" si="0"/>
+        <v>103.02650000000001</v>
+      </c>
+      <c r="I20" s="17">
+        <f t="shared" si="1"/>
+        <v>2060.5300000000002</v>
+      </c>
+      <c r="J20" s="18">
+        <f t="shared" si="2"/>
+        <v>28847.420000000002</v>
+      </c>
+    </row>
+    <row r="21" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" s="5">
+        <v>16</v>
+      </c>
+      <c r="E21" s="17">
+        <v>900.63</v>
+      </c>
+      <c r="F21" s="17">
+        <v>437.73</v>
+      </c>
+      <c r="G21" s="17">
+        <v>613.07000000000005</v>
+      </c>
+      <c r="H21" s="17">
+        <f t="shared" si="0"/>
+        <v>97.571500000000015</v>
+      </c>
+      <c r="I21" s="17">
+        <f t="shared" si="1"/>
+        <v>1951.4300000000003</v>
+      </c>
+      <c r="J21" s="18">
+        <f t="shared" si="2"/>
+        <v>27320.020000000004</v>
+      </c>
+    </row>
+    <row r="22" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" s="5">
+        <v>18</v>
+      </c>
+      <c r="E22" s="17">
+        <v>900.63</v>
+      </c>
+      <c r="F22" s="17">
+        <v>493.86</v>
+      </c>
+      <c r="G22" s="17">
+        <v>651.23</v>
+      </c>
+      <c r="H22" s="17">
+        <f t="shared" si="0"/>
+        <v>102.286</v>
+      </c>
+      <c r="I22" s="17">
+        <f t="shared" si="1"/>
+        <v>2045.72</v>
+      </c>
+      <c r="J22" s="18">
+        <f t="shared" si="2"/>
+        <v>28640.080000000002</v>
+      </c>
+    </row>
+    <row r="23" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" s="5">
+        <v>20</v>
+      </c>
+      <c r="E23" s="17">
+        <v>900.63</v>
+      </c>
+      <c r="F23" s="17">
+        <v>550.01</v>
+      </c>
+      <c r="G23" s="17">
+        <v>672.73</v>
+      </c>
+      <c r="H23" s="17">
+        <f t="shared" si="0"/>
+        <v>106.16849999999999</v>
+      </c>
+      <c r="I23" s="17">
+        <f t="shared" si="1"/>
+        <v>2123.37</v>
+      </c>
+      <c r="J23" s="18">
+        <f t="shared" si="2"/>
+        <v>29727.18</v>
+      </c>
+    </row>
+    <row r="24" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E24" s="17">
+        <v>900.63</v>
+      </c>
+      <c r="F24" s="17">
+        <v>550.01</v>
+      </c>
+      <c r="G24" s="17">
+        <v>1222.05</v>
+      </c>
+      <c r="H24" s="17">
+        <f t="shared" si="0"/>
+        <v>133.63449999999997</v>
+      </c>
+      <c r="I24" s="17">
+        <f t="shared" si="1"/>
+        <v>2672.6899999999996</v>
+      </c>
+      <c r="J24" s="18">
+        <f t="shared" si="2"/>
+        <v>37417.659999999996</v>
+      </c>
+    </row>
+    <row r="25" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E25" s="17">
+        <v>900.63</v>
+      </c>
+      <c r="F25" s="17">
+        <v>550.01</v>
+      </c>
+      <c r="G25" s="17">
+        <v>1308.1500000000001</v>
+      </c>
+      <c r="H25" s="17">
+        <f t="shared" si="0"/>
+        <v>137.93950000000001</v>
+      </c>
+      <c r="I25" s="17">
+        <f t="shared" si="1"/>
+        <v>2758.79</v>
+      </c>
+      <c r="J25" s="18">
+        <f t="shared" si="2"/>
+        <v>38623.06</v>
+      </c>
+    </row>
+    <row r="26" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E26" s="17">
+        <v>749.58</v>
+      </c>
+      <c r="F26" s="17">
+        <v>409.59</v>
+      </c>
+      <c r="G26" s="17">
+        <v>1346.26</v>
+      </c>
+      <c r="H26" s="17">
+        <f t="shared" si="0"/>
+        <v>125.27150000000002</v>
+      </c>
+      <c r="I26" s="17">
+        <f t="shared" si="1"/>
+        <v>2505.4300000000003</v>
+      </c>
+      <c r="J26" s="18">
+        <f t="shared" si="2"/>
+        <v>35076.020000000004</v>
+      </c>
+    </row>
+    <row r="27" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D27" s="5">
+        <v>12</v>
+      </c>
+      <c r="E27" s="17">
+        <v>686.07</v>
+      </c>
+      <c r="F27" s="17">
+        <v>325.35000000000002</v>
+      </c>
+      <c r="G27" s="17">
+        <v>551.80999999999995</v>
+      </c>
+      <c r="H27" s="17">
+        <f t="shared" si="0"/>
+        <v>78.161500000000004</v>
+      </c>
+      <c r="I27" s="17">
+        <f t="shared" si="1"/>
+        <v>1563.23</v>
+      </c>
+      <c r="J27" s="18">
+        <f t="shared" si="2"/>
+        <v>21885.22</v>
+      </c>
+    </row>
+    <row r="28" spans="2:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D28" s="11">
+        <v>14</v>
+      </c>
+      <c r="E28" s="27">
+        <v>686.07</v>
+      </c>
+      <c r="F28" s="27">
+        <v>381.57</v>
+      </c>
+      <c r="G28" s="27">
+        <v>587.54</v>
+      </c>
+      <c r="H28" s="27">
+        <f t="shared" si="0"/>
+        <v>82.759000000000015</v>
+      </c>
+      <c r="I28" s="27">
+        <f t="shared" si="1"/>
+        <v>1655.18</v>
+      </c>
+      <c r="J28" s="28">
+        <f t="shared" si="2"/>
+        <v>23172.52</v>
+      </c>
+    </row>
+    <row r="29" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="E29" s="26"/>
+      <c r="F29" s="26"/>
+      <c r="G29" s="26"/>
+      <c r="H29" s="26"/>
+      <c r="I29" s="26"/>
+      <c r="J29" s="26"/>
+    </row>
+    <row r="31" spans="2:10" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C31" s="25"/>
+    </row>
+    <row r="32" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="C32" s="3"/>
+      <c r="D32" s="1"/>
+    </row>
+    <row r="33" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B33" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C33" s="3"/>
+      <c r="D33" s="1"/>
+    </row>
+    <row r="34" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="C34" s="3"/>
+      <c r="D34" s="1"/>
+    </row>
+    <row r="35" spans="2:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="C35" s="29"/>
+      <c r="D35" s="29"/>
+      <c r="E35" s="29"/>
+      <c r="F35" s="29"/>
+      <c r="G35" s="29"/>
+      <c r="H35" s="29"/>
+      <c r="I35" s="29"/>
+      <c r="J35" s="29"/>
+    </row>
+    <row r="36" spans="2:10" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C36" s="3"/>
+      <c r="D36" s="1"/>
+    </row>
+    <row r="37" spans="2:10" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="29" t="s">
+        <v>27</v>
+      </c>
+      <c r="C37" s="29"/>
+      <c r="D37" s="29"/>
+      <c r="E37" s="29"/>
+      <c r="F37" s="29"/>
+      <c r="G37" s="29"/>
+      <c r="H37" s="29"/>
+      <c r="I37" s="29"/>
+      <c r="J37" s="29"/>
+    </row>
+    <row r="38" spans="2:10" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C38" s="3"/>
+      <c r="D38" s="1"/>
+    </row>
+    <row r="39" spans="2:10" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="29" t="s">
+        <v>28</v>
+      </c>
+      <c r="C39" s="29"/>
+      <c r="D39" s="29"/>
+      <c r="E39" s="29"/>
+      <c r="F39" s="29"/>
+      <c r="G39" s="29"/>
+      <c r="H39" s="29"/>
+      <c r="I39" s="29"/>
+      <c r="J39" s="29"/>
+    </row>
+    <row r="40" spans="2:10" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C40" s="3"/>
+      <c r="D40" s="1"/>
+    </row>
+    <row r="41" spans="2:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="C41" s="29"/>
+      <c r="D41" s="29"/>
+      <c r="E41" s="29"/>
+      <c r="F41" s="29"/>
+      <c r="G41" s="29"/>
+      <c r="H41" s="29"/>
+      <c r="I41" s="29"/>
+      <c r="J41" s="29"/>
+    </row>
+    <row r="42" spans="2:10" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C42" s="3"/>
+      <c r="D42" s="1"/>
+    </row>
+    <row r="43" spans="2:10" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="C43" s="29"/>
+      <c r="D43" s="29"/>
+      <c r="E43" s="29"/>
+      <c r="F43" s="29"/>
+      <c r="G43" s="29"/>
+      <c r="H43" s="29"/>
+      <c r="I43" s="29"/>
+      <c r="J43" s="29"/>
+    </row>
+  </sheetData>
+  <mergeCells count="7">
+    <mergeCell ref="B43:J43"/>
+    <mergeCell ref="B1:J1"/>
+    <mergeCell ref="B2:J2"/>
+    <mergeCell ref="B35:J35"/>
+    <mergeCell ref="B37:J37"/>
+    <mergeCell ref="B39:J39"/>
+    <mergeCell ref="B41:J41"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Data d'actualització: 15 de gener del 2026</oddHeader>
+  </headerFooter>
+  <legacyDrawingHF r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE2708C1-D0BD-4754-97DB-0FB5622E40D7}">
+  <dimension ref="B1:J43"/>
+  <sheetViews>
+    <sheetView showGridLines="0" showRuler="0" view="pageLayout" zoomScale="85" zoomScaleNormal="100" zoomScalePageLayoutView="85" workbookViewId="0">
       <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="1"/>
     <col min="2" max="2" width="7" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.85546875" style="3" customWidth="1"/>
     <col min="5" max="5" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="12.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="10" width="14.140625" style="1" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" s="20" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="28" t="s">
+      <c r="B1" s="30" t="s">
         <v>41</v>
       </c>
-      <c r="C1" s="29"/>
-[...6 lines deleted...]
-      <c r="J1" s="30"/>
+      <c r="C1" s="31"/>
+      <c r="D1" s="31"/>
+      <c r="E1" s="31"/>
+      <c r="F1" s="31"/>
+      <c r="G1" s="31"/>
+      <c r="H1" s="31"/>
+      <c r="I1" s="31"/>
+      <c r="J1" s="32"/>
     </row>
     <row r="2" spans="2:10" s="19" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B2" s="31" t="s">
+      <c r="B2" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="C2" s="32"/>
-[...6 lines deleted...]
-      <c r="J2" s="33"/>
+      <c r="C2" s="34"/>
+      <c r="D2" s="34"/>
+      <c r="E2" s="34"/>
+      <c r="F2" s="34"/>
+      <c r="G2" s="34"/>
+      <c r="H2" s="34"/>
+      <c r="I2" s="34"/>
+      <c r="J2" s="35"/>
     </row>
     <row r="3" spans="2:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="21" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="22" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="22" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="22" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="23" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="23" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="22" t="s">
         <v>5</v>
       </c>
       <c r="I3" s="23" t="s">
         <v>6</v>
@@ -1751,196 +2879,196 @@
       <c r="I29" s="26"/>
       <c r="J29" s="26"/>
     </row>
     <row r="31" spans="2:10" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="25"/>
     </row>
     <row r="32" spans="2:10" x14ac:dyDescent="0.25">
       <c r="C32" s="3"/>
       <c r="D32" s="1"/>
     </row>
     <row r="33" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B33" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="1"/>
     </row>
     <row r="34" spans="2:10" x14ac:dyDescent="0.25">
       <c r="C34" s="3"/>
       <c r="D34" s="1"/>
     </row>
     <row r="35" spans="2:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B35" s="27" t="s">
+      <c r="B35" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="C35" s="27"/>
-[...6 lines deleted...]
-      <c r="J35" s="27"/>
+      <c r="C35" s="29"/>
+      <c r="D35" s="29"/>
+      <c r="E35" s="29"/>
+      <c r="F35" s="29"/>
+      <c r="G35" s="29"/>
+      <c r="H35" s="29"/>
+      <c r="I35" s="29"/>
+      <c r="J35" s="29"/>
     </row>
     <row r="36" spans="2:10" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C36" s="3"/>
       <c r="D36" s="1"/>
     </row>
     <row r="37" spans="2:10" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B37" s="27" t="s">
+      <c r="B37" s="29" t="s">
         <v>27</v>
       </c>
-      <c r="C37" s="27"/>
-[...6 lines deleted...]
-      <c r="J37" s="27"/>
+      <c r="C37" s="29"/>
+      <c r="D37" s="29"/>
+      <c r="E37" s="29"/>
+      <c r="F37" s="29"/>
+      <c r="G37" s="29"/>
+      <c r="H37" s="29"/>
+      <c r="I37" s="29"/>
+      <c r="J37" s="29"/>
     </row>
     <row r="38" spans="2:10" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C38" s="3"/>
       <c r="D38" s="1"/>
     </row>
     <row r="39" spans="2:10" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B39" s="27" t="s">
+      <c r="B39" s="29" t="s">
         <v>28</v>
       </c>
-      <c r="C39" s="27"/>
-[...6 lines deleted...]
-      <c r="J39" s="27"/>
+      <c r="C39" s="29"/>
+      <c r="D39" s="29"/>
+      <c r="E39" s="29"/>
+      <c r="F39" s="29"/>
+      <c r="G39" s="29"/>
+      <c r="H39" s="29"/>
+      <c r="I39" s="29"/>
+      <c r="J39" s="29"/>
     </row>
     <row r="40" spans="2:10" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C40" s="3"/>
       <c r="D40" s="1"/>
     </row>
     <row r="41" spans="2:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B41" s="27" t="s">
+      <c r="B41" s="29" t="s">
         <v>29</v>
       </c>
-      <c r="C41" s="27"/>
-[...6 lines deleted...]
-      <c r="J41" s="27"/>
+      <c r="C41" s="29"/>
+      <c r="D41" s="29"/>
+      <c r="E41" s="29"/>
+      <c r="F41" s="29"/>
+      <c r="G41" s="29"/>
+      <c r="H41" s="29"/>
+      <c r="I41" s="29"/>
+      <c r="J41" s="29"/>
     </row>
     <row r="42" spans="2:10" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C42" s="3"/>
       <c r="D42" s="1"/>
     </row>
     <row r="43" spans="2:10" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B43" s="27" t="s">
+      <c r="B43" s="29" t="s">
         <v>30</v>
       </c>
-      <c r="C43" s="27"/>
-[...6 lines deleted...]
-      <c r="J43" s="27"/>
+      <c r="C43" s="29"/>
+      <c r="D43" s="29"/>
+      <c r="E43" s="29"/>
+      <c r="F43" s="29"/>
+      <c r="G43" s="29"/>
+      <c r="H43" s="29"/>
+      <c r="I43" s="29"/>
+      <c r="J43" s="29"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="B43:J43"/>
     <mergeCell ref="B1:J1"/>
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="B35:J35"/>
     <mergeCell ref="B37:J37"/>
     <mergeCell ref="B39:J39"/>
     <mergeCell ref="B41:J41"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Data d'actualització: 23 de desembre del 2025</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E320BE30-BE67-4ED7-B9AB-67C92E90835C}">
   <dimension ref="B1:J43"/>
   <sheetViews>
     <sheetView showGridLines="0" showRuler="0" view="pageLayout" zoomScale="85" zoomScaleNormal="100" zoomScalePageLayoutView="85" workbookViewId="0">
       <selection activeCell="M20" sqref="M20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="1"/>
     <col min="2" max="2" width="7" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.85546875" style="3" customWidth="1"/>
     <col min="5" max="5" width="9.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="12.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="10" width="14.140625" style="1" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" s="20" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="28" t="s">
+      <c r="B1" s="30" t="s">
         <v>25</v>
       </c>
-      <c r="C1" s="29"/>
-[...6 lines deleted...]
-      <c r="J1" s="30"/>
+      <c r="C1" s="31"/>
+      <c r="D1" s="31"/>
+      <c r="E1" s="31"/>
+      <c r="F1" s="31"/>
+      <c r="G1" s="31"/>
+      <c r="H1" s="31"/>
+      <c r="I1" s="31"/>
+      <c r="J1" s="32"/>
     </row>
     <row r="2" spans="2:10" s="19" customFormat="1" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B2" s="31" t="s">
+      <c r="B2" s="33" t="s">
         <v>40</v>
       </c>
-      <c r="C2" s="32"/>
-[...6 lines deleted...]
-      <c r="J2" s="33"/>
+      <c r="C2" s="34"/>
+      <c r="D2" s="34"/>
+      <c r="E2" s="34"/>
+      <c r="F2" s="34"/>
+      <c r="G2" s="34"/>
+      <c r="H2" s="34"/>
+      <c r="I2" s="34"/>
+      <c r="J2" s="35"/>
     </row>
     <row r="3" spans="2:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="21" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="22" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="22" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="22" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="23" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="23" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="22" t="s">
         <v>5</v>
       </c>
       <c r="I3" s="23" t="s">
         <v>6</v>
@@ -2674,298 +3802,299 @@
         <v>22273.214901904805</v>
       </c>
     </row>
     <row r="31" spans="2:10" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="25"/>
     </row>
     <row r="32" spans="2:10" x14ac:dyDescent="0.25">
       <c r="C32" s="3"/>
       <c r="D32" s="1"/>
     </row>
     <row r="33" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B33" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="1"/>
     </row>
     <row r="34" spans="2:10" x14ac:dyDescent="0.25">
       <c r="C34" s="3"/>
       <c r="D34" s="1"/>
     </row>
     <row r="35" spans="2:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B35" s="27" t="s">
+      <c r="B35" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="C35" s="27"/>
-[...6 lines deleted...]
-      <c r="J35" s="27"/>
+      <c r="C35" s="29"/>
+      <c r="D35" s="29"/>
+      <c r="E35" s="29"/>
+      <c r="F35" s="29"/>
+      <c r="G35" s="29"/>
+      <c r="H35" s="29"/>
+      <c r="I35" s="29"/>
+      <c r="J35" s="29"/>
     </row>
     <row r="36" spans="2:10" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C36" s="3"/>
       <c r="D36" s="1"/>
     </row>
     <row r="37" spans="2:10" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B37" s="27" t="s">
+      <c r="B37" s="29" t="s">
         <v>27</v>
       </c>
-      <c r="C37" s="27"/>
-[...6 lines deleted...]
-      <c r="J37" s="27"/>
+      <c r="C37" s="29"/>
+      <c r="D37" s="29"/>
+      <c r="E37" s="29"/>
+      <c r="F37" s="29"/>
+      <c r="G37" s="29"/>
+      <c r="H37" s="29"/>
+      <c r="I37" s="29"/>
+      <c r="J37" s="29"/>
     </row>
     <row r="38" spans="2:10" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C38" s="3"/>
       <c r="D38" s="1"/>
     </row>
     <row r="39" spans="2:10" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B39" s="27" t="s">
+      <c r="B39" s="29" t="s">
         <v>28</v>
       </c>
-      <c r="C39" s="27"/>
-[...6 lines deleted...]
-      <c r="J39" s="27"/>
+      <c r="C39" s="29"/>
+      <c r="D39" s="29"/>
+      <c r="E39" s="29"/>
+      <c r="F39" s="29"/>
+      <c r="G39" s="29"/>
+      <c r="H39" s="29"/>
+      <c r="I39" s="29"/>
+      <c r="J39" s="29"/>
     </row>
     <row r="40" spans="2:10" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C40" s="3"/>
       <c r="D40" s="1"/>
     </row>
     <row r="41" spans="2:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B41" s="27" t="s">
+      <c r="B41" s="29" t="s">
         <v>29</v>
       </c>
-      <c r="C41" s="27"/>
-[...6 lines deleted...]
-      <c r="J41" s="27"/>
+      <c r="C41" s="29"/>
+      <c r="D41" s="29"/>
+      <c r="E41" s="29"/>
+      <c r="F41" s="29"/>
+      <c r="G41" s="29"/>
+      <c r="H41" s="29"/>
+      <c r="I41" s="29"/>
+      <c r="J41" s="29"/>
     </row>
     <row r="42" spans="2:10" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C42" s="3"/>
       <c r="D42" s="1"/>
     </row>
     <row r="43" spans="2:10" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B43" s="27" t="s">
+      <c r="B43" s="29" t="s">
         <v>30</v>
       </c>
-      <c r="C43" s="27"/>
-[...6 lines deleted...]
-      <c r="J43" s="27"/>
+      <c r="C43" s="29"/>
+      <c r="D43" s="29"/>
+      <c r="E43" s="29"/>
+      <c r="F43" s="29"/>
+      <c r="G43" s="29"/>
+      <c r="H43" s="29"/>
+      <c r="I43" s="29"/>
+      <c r="J43" s="29"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="B41:J41"/>
     <mergeCell ref="B43:J43"/>
     <mergeCell ref="B1:J1"/>
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="B35:J35"/>
     <mergeCell ref="B37:J37"/>
     <mergeCell ref="B39:J39"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Data d'actualització: 30 de juliol del 2025</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3622D87-9E3B-4892-B84E-A96516BD6B1D}">
   <dimension ref="B2:H13"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4:H4"/>
+    <sheetView showGridLines="0" tabSelected="1" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H5" sqref="H5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.85546875" customWidth="1"/>
     <col min="8" max="8" width="28.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row r="4" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B4" s="35" t="s">
+      <c r="B4" s="37" t="s">
         <v>34</v>
       </c>
-      <c r="C4" s="35"/>
-[...4 lines deleted...]
-      <c r="H4" s="35"/>
+      <c r="C4" s="37"/>
+      <c r="D4" s="37"/>
+      <c r="E4" s="37"/>
+      <c r="F4" s="37"/>
+      <c r="G4" s="37"/>
+      <c r="H4" s="37"/>
     </row>
     <row r="6" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B6" s="34" t="s">
+      <c r="B6" s="36" t="s">
         <v>35</v>
       </c>
-      <c r="C6" s="35"/>
-[...4 lines deleted...]
-      <c r="H6" s="35"/>
+      <c r="C6" s="37"/>
+      <c r="D6" s="37"/>
+      <c r="E6" s="37"/>
+      <c r="F6" s="37"/>
+      <c r="G6" s="37"/>
+      <c r="H6" s="37"/>
     </row>
     <row r="7" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B7" s="34" t="s">
+      <c r="B7" s="36" t="s">
         <v>36</v>
       </c>
-      <c r="C7" s="35"/>
-[...4 lines deleted...]
-      <c r="H7" s="35"/>
+      <c r="C7" s="37"/>
+      <c r="D7" s="37"/>
+      <c r="E7" s="37"/>
+      <c r="F7" s="37"/>
+      <c r="G7" s="37"/>
+      <c r="H7" s="37"/>
     </row>
     <row r="8" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B8" s="34" t="s">
+      <c r="B8" s="36" t="s">
         <v>37</v>
       </c>
-      <c r="C8" s="35"/>
-[...4 lines deleted...]
-      <c r="H8" s="35"/>
+      <c r="C8" s="37"/>
+      <c r="D8" s="37"/>
+      <c r="E8" s="37"/>
+      <c r="F8" s="37"/>
+      <c r="G8" s="37"/>
+      <c r="H8" s="37"/>
     </row>
     <row r="9" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B9" s="1"/>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="2:8" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="36" t="s">
+      <c r="B10" s="38" t="s">
         <v>38</v>
       </c>
-      <c r="C10" s="27"/>
-[...4 lines deleted...]
-      <c r="H10" s="27"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="29"/>
+      <c r="E10" s="29"/>
+      <c r="F10" s="29"/>
+      <c r="G10" s="29"/>
+      <c r="H10" s="29"/>
     </row>
     <row r="11" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B11" s="1"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B13" s="34" t="s">
+      <c r="B13" s="36" t="s">
         <v>39</v>
       </c>
-      <c r="C13" s="35"/>
-[...4 lines deleted...]
-      <c r="H13" s="35"/>
+      <c r="C13" s="37"/>
+      <c r="D13" s="37"/>
+      <c r="E13" s="37"/>
+      <c r="F13" s="37"/>
+      <c r="G13" s="37"/>
+      <c r="H13" s="37"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B13:H13"/>
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="B6:H6"/>
     <mergeCell ref="B7:H7"/>
     <mergeCell ref="B8:H8"/>
     <mergeCell ref="B10:H10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Data d'actualització: 23 de desembre del 2025</oddHeader>
+    <oddHeader>&amp;L&amp;G&amp;R&amp;"Helvetica LT Light,Cursiva"&amp;10Data d'actualització: 15 de gener del 2026</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Retribucions dineràries 2026</vt:lpstr>
       <vt:lpstr>Retribucions dineràries 2025</vt:lpstr>
       <vt:lpstr>Retribucions dineràries 2024</vt:lpstr>
       <vt:lpstr>Retribucions en espècie</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>