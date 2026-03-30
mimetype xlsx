--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -1,61 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
-[...6 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EAE3E44D-921D-4B15-8799-6F567886A8A3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29725"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EF238D06-CAE6-4FEE-A1E6-B63099007D8A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Resum" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C24" i="2" l="1"/>
 </calcChain>
 </file>
 
@@ -614,273 +608,266 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:F37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E28" sqref="E28"/>
+      <selection activeCell="E3" sqref="E3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="15.1796875" customWidth="1"/>
+    <col min="2" max="2" width="15.140625" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
-    <col min="4" max="4" width="23.1796875" style="1" customWidth="1"/>
-    <col min="5" max="8" width="19.54296875" customWidth="1"/>
+    <col min="4" max="4" width="23.140625" style="1" customWidth="1"/>
+    <col min="5" max="8" width="19.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="C1" s="3"/>
       <c r="D1" s="7"/>
       <c r="F1" s="5"/>
     </row>
-    <row r="2" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D2" s="7"/>
       <c r="E2" s="17">
-        <v>46062</v>
-[...2 lines deleted...]
-    <row r="3" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.35">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="3" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D3" s="7"/>
     </row>
-    <row r="4" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D4" s="7"/>
     </row>
-    <row r="5" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D5" s="7"/>
     </row>
-    <row r="6" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D6" s="7"/>
     </row>
-    <row r="7" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D7" s="7"/>
     </row>
-    <row r="8" spans="2:6" s="6" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="8"/>
     </row>
-    <row r="9" spans="2:6" s="6" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="2:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="C9" s="8"/>
     </row>
-    <row r="10" spans="2:6" s="9" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:6" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="B10" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C10" s="13" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="2:6" s="6" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="2:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B11" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="11">
         <v>16.38</v>
       </c>
     </row>
-    <row r="12" spans="2:6" s="4" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="2:6" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B12" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="C12" s="11"/>
-[...1 lines deleted...]
-    <row r="13" spans="2:6" hidden="1" x14ac:dyDescent="0.35">
+      <c r="C12" s="11">
+        <v>11.89</v>
+      </c>
+    </row>
+    <row r="13" spans="2:6" hidden="1" x14ac:dyDescent="0.25">
       <c r="B13" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="11"/>
       <c r="D13"/>
     </row>
-    <row r="14" spans="2:6" hidden="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="2:6" hidden="1" x14ac:dyDescent="0.25">
       <c r="B14" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="11"/>
       <c r="D14"/>
     </row>
-    <row r="15" spans="2:6" hidden="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="2:6" hidden="1" x14ac:dyDescent="0.25">
       <c r="B15" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C15" s="11"/>
       <c r="D15"/>
     </row>
-    <row r="16" spans="2:6" hidden="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="2:6" hidden="1" x14ac:dyDescent="0.25">
       <c r="B16" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="11"/>
       <c r="D16"/>
     </row>
-    <row r="17" spans="1:4" hidden="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="B17" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="11"/>
       <c r="D17"/>
     </row>
-    <row r="18" spans="1:4" hidden="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="B18" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="11"/>
       <c r="D18"/>
     </row>
-    <row r="19" spans="1:4" hidden="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="B19" s="10" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="11"/>
       <c r="D19"/>
     </row>
-    <row r="20" spans="1:4" hidden="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="B20" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="11"/>
       <c r="D20"/>
     </row>
-    <row r="21" spans="1:4" hidden="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="B21" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="11"/>
       <c r="D21"/>
     </row>
-    <row r="22" spans="1:4" hidden="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="B22" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="11"/>
       <c r="D22"/>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C23" s="14"/>
     </row>
-    <row r="24" spans="1:4" s="4" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:4" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B24" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C24" s="16">
         <f>AVERAGE(C11:C23)</f>
-        <v>16.38</v>
+        <v>14.135</v>
       </c>
       <c r="D24" s="7"/>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C25" s="14"/>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C26" s="2"/>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="2"/>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C29" s="2"/>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C30" s="2"/>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C31" s="2"/>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C32" s="2"/>
     </row>
-    <row r="33" spans="3:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C33" s="2"/>
     </row>
-    <row r="34" spans="3:3" x14ac:dyDescent="0.35">
+    <row r="34" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C34" s="2"/>
     </row>
-    <row r="35" spans="3:3" x14ac:dyDescent="0.35">
+    <row r="35" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C35" s="2"/>
     </row>
-    <row r="36" spans="3:3" x14ac:dyDescent="0.35">
+    <row r="36" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C36" s="2"/>
     </row>
-    <row r="37" spans="3:3" x14ac:dyDescent="0.35">
+    <row r="37" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C37" s="2"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Resum</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Sindicatura de Comptes</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Esther Vilà i Figarola</dc:creator>
-[...1 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>