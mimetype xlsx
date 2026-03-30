--- v0 (2026-02-06)
+++ v1 (2026-03-30)
@@ -1,60 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
-[...6 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{058A173A-E344-4E77-A53F-8410FCE9C518}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F3294A4D-7BC1-4D5C-8FFD-06E0D07DE8EB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{672AA2F1-116C-460D-860B-40023A2D4D26}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{672AA2F1-116C-460D-860B-40023A2D4D26}"/>
   </bookViews>
   <sheets>
     <sheet name="Pressupost" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1045,1162 +1040,1161 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{65A993F4-4598-4888-938E-9BC00CEB58BC}">
   <dimension ref="A2:E87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="3" max="3" width="11.7265625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="17.26953125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="77.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="17.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="E2" s="54">
         <v>46057</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="3"/>
       <c r="E6" s="4"/>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="3"/>
       <c r="E7" s="4"/>
     </row>
-    <row r="8" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="8" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="5"/>
       <c r="D8" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="9" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="8">
         <v>1</v>
       </c>
       <c r="B9" s="8"/>
       <c r="C9" s="8"/>
       <c r="D9" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="10">
         <f>E10+E13+E16+E19+E22+E25</f>
         <v>10702853.51</v>
       </c>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="11"/>
       <c r="B10" s="11">
         <v>10</v>
       </c>
       <c r="C10" s="11"/>
       <c r="D10" s="12" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="13">
         <f>E11+E12</f>
         <v>1062720.6599999999</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="14"/>
       <c r="B11" s="14"/>
       <c r="C11" s="15">
         <v>100000100</v>
       </c>
       <c r="D11" s="16" t="s">
         <v>6</v>
       </c>
       <c r="E11" s="17">
         <v>432432.68</v>
       </c>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="18"/>
       <c r="B12" s="18"/>
       <c r="C12" s="19">
         <v>100000200</v>
       </c>
       <c r="D12" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E12" s="17">
         <v>630287.98</v>
       </c>
     </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="21"/>
       <c r="B13" s="21">
         <v>11</v>
       </c>
       <c r="C13" s="21"/>
       <c r="D13" s="22" t="s">
         <v>8</v>
       </c>
       <c r="E13" s="23">
         <f>E14+E15</f>
         <v>72026.92</v>
       </c>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="14"/>
       <c r="B14" s="14"/>
       <c r="C14" s="15">
         <v>110000100</v>
       </c>
       <c r="D14" s="16" t="s">
         <v>6</v>
       </c>
       <c r="E14" s="17">
         <v>25153.72</v>
       </c>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="18"/>
       <c r="B15" s="18"/>
       <c r="C15" s="19">
         <v>110000200</v>
       </c>
       <c r="D15" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E15" s="17">
         <v>46873.2</v>
       </c>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="21"/>
       <c r="B16" s="21">
         <v>12</v>
       </c>
       <c r="C16" s="21"/>
       <c r="D16" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="23">
         <f>E17+E18</f>
         <v>7993605.9299999997</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="14"/>
       <c r="B17" s="14"/>
       <c r="C17" s="15">
         <v>120000100</v>
       </c>
       <c r="D17" s="16" t="s">
         <v>6</v>
       </c>
       <c r="E17" s="17">
         <v>4507215.21</v>
       </c>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="18"/>
       <c r="B18" s="18"/>
       <c r="C18" s="19">
         <v>121000100</v>
       </c>
       <c r="D18" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E18" s="17">
         <v>3486390.72</v>
       </c>
     </row>
-    <row r="19" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="21"/>
       <c r="B19" s="21">
         <v>15</v>
       </c>
       <c r="C19" s="21"/>
       <c r="D19" s="22" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="23">
         <f>E20+E21</f>
         <v>312000</v>
       </c>
     </row>
-    <row r="20" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="14"/>
       <c r="B20" s="14"/>
       <c r="C20" s="15">
         <v>150000100</v>
       </c>
       <c r="D20" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="17">
         <v>310000</v>
       </c>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="18"/>
       <c r="B21" s="18"/>
       <c r="C21" s="19">
         <v>151000100</v>
       </c>
       <c r="D21" s="20" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="17">
         <v>2000</v>
       </c>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="21"/>
       <c r="B22" s="21">
         <v>16</v>
       </c>
       <c r="C22" s="21"/>
       <c r="D22" s="22" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="23">
         <f>E23+E24</f>
         <v>1262500</v>
       </c>
     </row>
-    <row r="23" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="24"/>
       <c r="B23" s="24"/>
       <c r="C23" s="25">
         <v>160000100</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="17">
         <v>1260000</v>
       </c>
     </row>
-    <row r="24" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="27"/>
       <c r="B24" s="27"/>
       <c r="C24" s="28">
         <v>160000200</v>
       </c>
       <c r="D24" s="29" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="17">
         <v>2500</v>
       </c>
     </row>
-    <row r="25" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="21"/>
       <c r="B25" s="21">
         <v>17</v>
       </c>
       <c r="C25" s="21"/>
       <c r="D25" s="22" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="23">
         <f>E26</f>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="26" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="27"/>
       <c r="B26" s="27"/>
       <c r="C26" s="28">
         <v>170000100</v>
       </c>
       <c r="D26" s="29" t="s">
         <v>17</v>
       </c>
       <c r="E26" s="30">
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="27" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="8">
         <v>2</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E27" s="10">
         <f>E28+E32+E37+E64+E67</f>
         <v>2806101</v>
       </c>
     </row>
-    <row r="28" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="11"/>
       <c r="B28" s="11">
         <v>20</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="12" t="s">
         <v>19</v>
       </c>
       <c r="E28" s="13">
         <f>E29+E30+E31</f>
         <v>1186971</v>
       </c>
     </row>
-    <row r="29" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="24"/>
       <c r="B29" s="24"/>
       <c r="C29" s="25">
         <v>200000200</v>
       </c>
       <c r="D29" s="26" t="s">
         <v>20</v>
       </c>
       <c r="E29" s="17">
         <v>1136971</v>
       </c>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="27"/>
       <c r="B30" s="27"/>
       <c r="C30" s="28">
         <v>201000100</v>
       </c>
       <c r="D30" s="29" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="17">
         <v>25000</v>
       </c>
     </row>
-    <row r="31" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="31"/>
       <c r="B31" s="31"/>
       <c r="C31" s="32">
         <v>202000200</v>
       </c>
       <c r="D31" s="33" t="s">
         <v>22</v>
       </c>
       <c r="E31" s="34">
         <v>25000</v>
       </c>
     </row>
-    <row r="32" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="21"/>
       <c r="B32" s="21">
         <v>21</v>
       </c>
       <c r="C32" s="21"/>
       <c r="D32" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E32" s="23">
         <f>E33+E34+E35+E36</f>
         <v>363200</v>
       </c>
     </row>
-    <row r="33" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="14"/>
       <c r="B33" s="14"/>
       <c r="C33" s="15">
         <v>210000100</v>
       </c>
       <c r="D33" s="16" t="s">
         <v>24</v>
       </c>
       <c r="E33" s="17">
         <v>100000</v>
       </c>
     </row>
-    <row r="34" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="18"/>
       <c r="B34" s="18"/>
       <c r="C34" s="19">
         <v>211000100</v>
       </c>
       <c r="D34" s="20" t="s">
         <v>25</v>
       </c>
       <c r="E34" s="17">
         <v>1200</v>
       </c>
     </row>
-    <row r="35" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="35"/>
       <c r="B35" s="35"/>
       <c r="C35" s="36">
         <v>212000200</v>
       </c>
       <c r="D35" s="37" t="s">
         <v>26</v>
       </c>
       <c r="E35" s="17">
         <v>2000</v>
       </c>
     </row>
-    <row r="36" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="27"/>
       <c r="B36" s="27"/>
       <c r="C36" s="28">
         <v>212000300</v>
       </c>
       <c r="D36" s="29" t="s">
         <v>27</v>
       </c>
       <c r="E36" s="17">
         <v>260000</v>
       </c>
     </row>
-    <row r="37" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="21"/>
       <c r="B37" s="21">
         <v>22</v>
       </c>
       <c r="C37" s="21"/>
       <c r="D37" s="22" t="s">
         <v>28</v>
       </c>
       <c r="E37" s="23">
         <f>SUM(E38:E63)</f>
         <v>1165930</v>
       </c>
     </row>
-    <row r="38" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="14"/>
       <c r="B38" s="14"/>
       <c r="C38" s="15">
         <v>220000100</v>
       </c>
       <c r="D38" s="16" t="s">
         <v>29</v>
       </c>
       <c r="E38" s="38">
         <v>20000</v>
       </c>
     </row>
-    <row r="39" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="35"/>
       <c r="B39" s="35"/>
       <c r="C39" s="36">
         <v>220000200</v>
       </c>
       <c r="D39" s="37" t="s">
         <v>30</v>
       </c>
       <c r="E39" s="39">
         <v>50000</v>
       </c>
     </row>
-    <row r="40" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="35"/>
       <c r="B40" s="35"/>
       <c r="C40" s="36">
         <v>221000100</v>
       </c>
       <c r="D40" s="37" t="s">
         <v>71</v>
       </c>
       <c r="E40" s="39">
         <v>152000</v>
       </c>
     </row>
-    <row r="41" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="35"/>
       <c r="B41" s="35"/>
       <c r="C41" s="36">
         <v>221000200</v>
       </c>
       <c r="D41" s="37" t="s">
         <v>31</v>
       </c>
       <c r="E41" s="39">
         <v>1800</v>
       </c>
     </row>
-    <row r="42" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="35"/>
       <c r="B42" s="35"/>
       <c r="C42" s="36">
         <v>221000300</v>
       </c>
       <c r="D42" s="37" t="s">
         <v>32</v>
       </c>
       <c r="E42" s="39">
         <v>3000</v>
       </c>
     </row>
-    <row r="43" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="35"/>
       <c r="B43" s="35"/>
       <c r="C43" s="36">
         <v>221000500</v>
       </c>
       <c r="D43" s="37" t="s">
         <v>33</v>
       </c>
       <c r="E43" s="39">
         <v>1400</v>
       </c>
     </row>
-    <row r="44" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="35"/>
       <c r="B44" s="35"/>
       <c r="C44" s="36">
         <v>221008900</v>
       </c>
       <c r="D44" s="37" t="s">
         <v>34</v>
       </c>
       <c r="E44" s="39">
         <v>1500</v>
       </c>
     </row>
-    <row r="45" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="35"/>
       <c r="B45" s="35"/>
       <c r="C45" s="36">
         <v>222000100</v>
       </c>
       <c r="D45" s="37" t="s">
         <v>35</v>
       </c>
       <c r="E45" s="39">
         <v>2000</v>
       </c>
     </row>
-    <row r="46" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="35"/>
       <c r="B46" s="35"/>
       <c r="C46" s="36">
         <v>224000100</v>
       </c>
       <c r="D46" s="37" t="s">
         <v>36</v>
       </c>
       <c r="E46" s="39">
         <v>50000</v>
       </c>
     </row>
-    <row r="47" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="35"/>
       <c r="B47" s="35"/>
       <c r="C47" s="36">
         <v>225000100</v>
       </c>
       <c r="D47" s="37" t="s">
         <v>37</v>
       </c>
       <c r="E47" s="39">
         <v>230</v>
       </c>
     </row>
-    <row r="48" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="35"/>
       <c r="B48" s="35"/>
       <c r="C48" s="36">
         <v>226000200</v>
       </c>
       <c r="D48" s="37" t="s">
         <v>38</v>
       </c>
       <c r="E48" s="39">
         <v>10000</v>
       </c>
     </row>
-    <row r="49" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="35"/>
       <c r="B49" s="35"/>
       <c r="C49" s="36">
         <v>226000450</v>
       </c>
       <c r="D49" s="37" t="s">
         <v>39</v>
       </c>
       <c r="E49" s="39">
         <v>5000</v>
       </c>
     </row>
-    <row r="50" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="35"/>
       <c r="B50" s="35"/>
       <c r="C50" s="36">
         <v>226000500</v>
       </c>
       <c r="D50" s="37" t="s">
         <v>40</v>
       </c>
       <c r="E50" s="39">
         <v>10000</v>
       </c>
     </row>
-    <row r="51" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="35"/>
       <c r="B51" s="35"/>
       <c r="C51" s="36">
         <v>226000600</v>
       </c>
       <c r="D51" s="37" t="s">
         <v>41</v>
       </c>
       <c r="E51" s="39">
         <v>10000</v>
       </c>
     </row>
-    <row r="52" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="35"/>
       <c r="B52" s="35"/>
       <c r="C52" s="36">
         <v>226000700</v>
       </c>
       <c r="D52" s="37" t="s">
         <v>42</v>
       </c>
       <c r="E52" s="39">
         <v>12000</v>
       </c>
     </row>
-    <row r="53" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="35"/>
       <c r="B53" s="35"/>
       <c r="C53" s="36">
         <v>226001000</v>
       </c>
       <c r="D53" s="37" t="s">
         <v>43</v>
       </c>
       <c r="E53" s="39">
         <v>1000</v>
       </c>
     </row>
-    <row r="54" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="35"/>
       <c r="B54" s="35"/>
       <c r="C54" s="36">
         <v>226001100</v>
       </c>
       <c r="D54" s="37" t="s">
         <v>44</v>
       </c>
       <c r="E54" s="39">
         <v>50000</v>
       </c>
     </row>
-    <row r="55" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="35"/>
       <c r="B55" s="35"/>
       <c r="C55" s="36">
         <v>226003900</v>
       </c>
       <c r="D55" s="37" t="s">
         <v>45</v>
       </c>
       <c r="E55" s="39">
         <v>33000</v>
       </c>
     </row>
-    <row r="56" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="35"/>
       <c r="B56" s="35"/>
       <c r="C56" s="36">
         <v>226008900</v>
       </c>
       <c r="D56" s="37" t="s">
         <v>46</v>
       </c>
       <c r="E56" s="39">
         <v>5000</v>
       </c>
     </row>
-    <row r="57" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="35"/>
       <c r="B57" s="35"/>
       <c r="C57" s="36">
         <v>227000100</v>
       </c>
       <c r="D57" s="37" t="s">
         <v>47</v>
       </c>
       <c r="E57" s="39">
         <v>160000</v>
       </c>
     </row>
-    <row r="58" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="35"/>
       <c r="B58" s="35"/>
       <c r="C58" s="36">
         <v>227000200</v>
       </c>
       <c r="D58" s="37" t="s">
         <v>48</v>
       </c>
       <c r="E58" s="39">
         <v>93000</v>
       </c>
     </row>
-    <row r="59" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="35"/>
       <c r="B59" s="35"/>
       <c r="C59" s="36">
         <v>227000500</v>
       </c>
       <c r="D59" s="37" t="s">
         <v>49</v>
       </c>
       <c r="E59" s="39">
         <v>50000</v>
       </c>
     </row>
-    <row r="60" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="18"/>
       <c r="B60" s="18"/>
       <c r="C60" s="19">
         <v>227001300</v>
       </c>
       <c r="D60" s="37" t="s">
         <v>50</v>
       </c>
       <c r="E60" s="40">
         <v>50000</v>
       </c>
     </row>
-    <row r="61" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="18"/>
       <c r="B61" s="18"/>
       <c r="C61" s="19">
         <v>227008900</v>
       </c>
       <c r="D61" s="37" t="s">
         <v>51</v>
       </c>
       <c r="E61" s="40">
         <v>145000</v>
       </c>
     </row>
-    <row r="62" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="18"/>
       <c r="B62" s="18"/>
       <c r="C62" s="19">
         <v>228000100</v>
       </c>
       <c r="D62" s="37" t="s">
         <v>52</v>
       </c>
       <c r="E62" s="40">
         <v>20000</v>
       </c>
     </row>
-    <row r="63" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="31"/>
       <c r="B63" s="31"/>
       <c r="C63" s="32">
         <v>228000300</v>
       </c>
       <c r="D63" s="41" t="s">
         <v>53</v>
       </c>
       <c r="E63" s="34">
         <v>230000</v>
       </c>
     </row>
-    <row r="64" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="21"/>
       <c r="B64" s="21">
         <v>23</v>
       </c>
       <c r="C64" s="21"/>
       <c r="D64" s="22" t="s">
         <v>54</v>
       </c>
       <c r="E64" s="23">
         <f>SUM(E65:E66)</f>
         <v>80000</v>
       </c>
     </row>
-    <row r="65" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="27"/>
       <c r="B65" s="27"/>
       <c r="C65" s="28">
         <v>230000100</v>
       </c>
       <c r="D65" s="29" t="s">
         <v>55</v>
       </c>
       <c r="E65" s="30">
         <v>35000</v>
       </c>
     </row>
-    <row r="66" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="35"/>
       <c r="B66" s="35"/>
       <c r="C66" s="36">
         <v>232000100</v>
       </c>
       <c r="D66" s="37" t="s">
         <v>56</v>
       </c>
       <c r="E66" s="39">
         <v>45000</v>
       </c>
     </row>
-    <row r="67" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="21"/>
       <c r="B67" s="21">
         <v>24</v>
       </c>
       <c r="C67" s="21"/>
       <c r="D67" s="22" t="s">
         <v>57</v>
       </c>
       <c r="E67" s="23">
         <f>E68</f>
         <v>10000</v>
       </c>
     </row>
-    <row r="68" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="68" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="27"/>
       <c r="B68" s="27"/>
       <c r="C68" s="28">
         <v>240000100</v>
       </c>
       <c r="D68" s="29" t="s">
         <v>57</v>
       </c>
       <c r="E68" s="30">
         <v>10000</v>
       </c>
     </row>
-    <row r="69" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="69" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="8">
         <v>4</v>
       </c>
       <c r="B69" s="8"/>
       <c r="C69" s="8"/>
       <c r="D69" s="9" t="s">
         <v>58</v>
       </c>
       <c r="E69" s="10">
         <f>E70+E75+E72</f>
         <v>68000</v>
       </c>
     </row>
-    <row r="70" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="11"/>
       <c r="B70" s="11">
         <v>40</v>
       </c>
       <c r="C70" s="11"/>
       <c r="D70" s="12" t="s">
         <v>59</v>
       </c>
       <c r="E70" s="13">
         <f>E71</f>
         <v>23000</v>
       </c>
     </row>
-    <row r="71" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="27"/>
       <c r="B71" s="27"/>
       <c r="C71" s="28">
         <v>409000100</v>
       </c>
       <c r="D71" s="29" t="s">
         <v>60</v>
       </c>
       <c r="E71" s="30">
         <v>23000</v>
       </c>
     </row>
-    <row r="72" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="21"/>
       <c r="B72" s="21">
         <v>44</v>
       </c>
       <c r="C72" s="21"/>
       <c r="D72" s="22" t="s">
         <v>74</v>
       </c>
       <c r="E72" s="23">
         <f>E73+E74</f>
         <v>40000</v>
       </c>
     </row>
-    <row r="73" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="49"/>
       <c r="B73" s="49"/>
       <c r="C73" s="50">
         <v>442000100</v>
       </c>
       <c r="D73" s="51" t="s">
         <v>72</v>
       </c>
       <c r="E73" s="52">
         <v>20000</v>
       </c>
     </row>
-    <row r="74" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="21"/>
       <c r="B74" s="21"/>
       <c r="C74" s="53">
         <v>449000100</v>
       </c>
       <c r="D74" s="22" t="s">
         <v>73</v>
       </c>
       <c r="E74" s="23">
         <v>20000</v>
       </c>
     </row>
-    <row r="75" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="46"/>
       <c r="B75" s="46">
         <v>48</v>
       </c>
       <c r="C75" s="46"/>
       <c r="D75" s="47" t="s">
         <v>61</v>
       </c>
       <c r="E75" s="48">
         <f>E76</f>
         <v>5000</v>
       </c>
     </row>
-    <row r="76" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="76" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A76" s="42"/>
       <c r="B76" s="42"/>
       <c r="C76" s="43">
         <v>482000100</v>
       </c>
       <c r="D76" s="44" t="s">
         <v>62</v>
       </c>
       <c r="E76" s="45">
         <v>5000</v>
       </c>
     </row>
-    <row r="77" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="77" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A77" s="8">
         <v>6</v>
       </c>
       <c r="B77" s="8"/>
       <c r="C77" s="8"/>
       <c r="D77" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E77" s="10">
         <f>+E78+E80+E82</f>
         <v>75000</v>
       </c>
     </row>
-    <row r="78" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="21"/>
       <c r="B78" s="46">
         <v>62</v>
       </c>
       <c r="C78" s="46"/>
       <c r="D78" s="47" t="s">
         <v>64</v>
       </c>
       <c r="E78" s="48">
         <f>E79</f>
         <v>30000</v>
       </c>
     </row>
-    <row r="79" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="27"/>
       <c r="B79" s="27"/>
       <c r="C79" s="28">
         <v>620000100</v>
       </c>
       <c r="D79" s="29" t="s">
         <v>64</v>
       </c>
       <c r="E79" s="30">
         <v>30000</v>
       </c>
     </row>
-    <row r="80" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="21"/>
       <c r="B80" s="21">
         <v>64</v>
       </c>
       <c r="C80" s="21"/>
       <c r="D80" s="22" t="s">
         <v>65</v>
       </c>
       <c r="E80" s="23">
         <f>E81</f>
         <v>35000</v>
       </c>
     </row>
-    <row r="81" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="27"/>
       <c r="B81" s="27"/>
       <c r="C81" s="28">
         <v>640000100</v>
       </c>
       <c r="D81" s="29" t="s">
         <v>65</v>
       </c>
       <c r="E81" s="30">
         <v>35000</v>
       </c>
     </row>
-    <row r="82" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="21"/>
       <c r="B82" s="21">
         <v>65</v>
       </c>
       <c r="C82" s="21"/>
       <c r="D82" s="22" t="s">
         <v>66</v>
       </c>
       <c r="E82" s="23">
         <f>E83</f>
         <v>10000</v>
       </c>
     </row>
-    <row r="83" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="83" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A83" s="27"/>
       <c r="B83" s="27"/>
       <c r="C83" s="28">
         <v>650000100</v>
       </c>
       <c r="D83" s="29" t="s">
         <v>66</v>
       </c>
       <c r="E83" s="30">
         <v>10000</v>
       </c>
     </row>
-    <row r="84" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="84" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A84" s="8">
         <v>8</v>
       </c>
       <c r="B84" s="8"/>
       <c r="C84" s="8"/>
       <c r="D84" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E84" s="10">
         <f>E85</f>
         <v>31200</v>
       </c>
     </row>
-    <row r="85" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="11"/>
       <c r="B85" s="11">
         <v>83</v>
       </c>
       <c r="C85" s="11"/>
       <c r="D85" s="12" t="s">
         <v>68</v>
       </c>
       <c r="E85" s="13">
         <f>E86</f>
         <v>31200</v>
       </c>
     </row>
-    <row r="86" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="86" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A86" s="27"/>
       <c r="B86" s="27"/>
       <c r="C86" s="28">
         <v>830000100</v>
       </c>
       <c r="D86" s="29" t="s">
         <v>69</v>
       </c>
       <c r="E86" s="30">
         <v>31200</v>
       </c>
     </row>
-    <row r="87" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="87" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="8"/>
       <c r="B87" s="8"/>
       <c r="C87" s="8"/>
       <c r="D87" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E87" s="10">
         <f>E9+E27+E69+E77+E84</f>
         <v>13683154.51</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Pressupost</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Sindicatura de Comptes de Catalunya</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Esther Vilà i Figarola</dc:creator>
-[...1 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>